--- v0 (2026-02-01)
+++ v1 (2026-03-20)
@@ -10,107 +10,282 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="77">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>2364</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>PLO</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária</t>
+  </si>
+  <si>
+    <t>Clóvis de Loi</t>
+  </si>
+  <si>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2364/pl_-_135_-_2025_descarta_entulhos.docx</t>
+  </si>
+  <si>
+    <t>DISPOE SOBRE PROIBIÇÃO DO DESCARTE DE LIXO, ENTULHOS DE OBRAS OU OUTROS MATERIAIS INSERVIVEIS EM VIAS PUBLICAS OU IMOVEIS PRIVADOS DO MUNICIPIO DE SANTA RITA E DA OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>2365</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Francisco Queiroga</t>
+  </si>
+  <si>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2365/pl_-__255_-_2025__semana_ciclismo.docx</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Semana Municipal do Cicloturismo” no Município de Santa Rita e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>2366</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Lemoel Ludovico</t>
+  </si>
+  <si>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2366/pl_-_253_-_2025__antony_senso_tea_1.docx</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI ANTHONY CARLOS; Dispõe sobre a criação do Programa Censo TEA para a Inclusão de Pessoas com  Transtorno do Espectro Autista.</t>
+  </si>
+  <si>
+    <t>2367</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Dr. João Alves</t>
+  </si>
+  <si>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2367/pl_-_186_-_2025__dia_municipal_da_adocao_de_animais_1.doc</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a instituição do Dia Municipal da Adoção de Animais e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2368</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2368/pl_-_212_-_2025__terrenos_baldios_notificacao_e_multa_1.doc</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a obrigatoriedade dos proprietários de terrenos baldios e não edificados, situados no Município de Santa Rita, Estado da Paraíba, procederem à limpeza periódica, ao cercamento ou murada dos respectivos imóveis, sob pena de notificação e multa, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2369</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2369/pl_-_240_-_2025_visitacao_de_animais_pets_aos_seus_tutores_internados_em_hospitais.doc</t>
+  </si>
+  <si>
+    <t>Autoriza e permite a visita de animais de estimação (pets) aos seus tutores internados em unidades hospitalares públicas e privadas do Município de Santa Rita, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2370</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2370/pl_-_167_-2025_apreensao_de_animais_soltos_e_devido_destino_2.doc</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal, por intermédio da secretaria competente, a realizar a apreensão de animais soltos em via pública, bem como a destinação adequada dos mesmos, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2371</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2371/pl_-_158-2025_-maus_tratos_a_animais.doc</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a proibição de maus-tratos a animais no município de Santa Rita, define condutas, estabelece penalidades administrativas e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2372</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Alysson Gomes</t>
+  </si>
+  <si>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2372/pl-_256_-2025_-_farmacias_credenciadas.doc</t>
+  </si>
+  <si>
+    <t>Institui o Programa de Farmácias Credenciadas para cobertura complementar de medicamentos da Relação Municipal de Medicamentos (REMUME) no município de Santa Rita/PB e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2373</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>JACKSON ALVINO</t>
+  </si>
+  <si>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2373/abertura_de_credito_fms_pl_-_007.2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito adicional suplementar e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2374</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2374/midia_incentivo_saude_pl_-_264.2025.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI, NO MUNICÍPIO DE SANTA RITA-PB, O INCENTIVO ADICIONAL DO COMPONENTE DE_x000D_
+QUALIDADE, EM PARCELA ÚNICA, RELACIONADO À NOVA METODOLOGIA DE COFINANCIAMENTO_x000D_
+FEDERAL DO PISO DA ATENÇÃO PRIMÁRIA À SAÚDE, DESTINADO AOS SERVIDORES PÚBLICOS ESTATUTÁRIOS, COMISSIONADOS E PRESTADORES DE SERVIÇOS MUNICIPAIS DAS EQUIPES QUE_x000D_
+ATUAM NA ATENÇÃO PRIMÁRIA DA SECRETARIA MUNICIPAL DE SAÚDE (SMS), NOS TERMOS DA_x000D_
+PORTARIA GM/MS Nº 3.493/2024 e PORTARIA GM/MS Nº 7.799/2025, DO MINISTÉRIO DA SAÚDE, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2375</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2375/midia_pl_009.2026__reajuste_dos_servidores_municipais.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL PARA PROMOVER O REAJUSTE ANUAL DE VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2376</t>
+  </si>
+  <si>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2376/midia_plc-008.2026__magisterio.pdf</t>
+  </si>
+  <si>
+    <t>Concede Reajuste Salarial de 5,4% aos membros do Magistério Público Municipal a partir de Janeiro de 2026, Define o Valor da GEAD, e Adota outras Providências.</t>
+  </si>
+  <si>
     <t>2287</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>Dr. João Alves</t>
-[...2 lines deleted...]
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2287/diario-oficial-eletronico-da-camara-de-santa-rita-edicao-no-089-em-06.01.2026.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2287/diario-oficial-eletronico-da-camara-de-santa-rita-edicao-no-089-em-06.01.2026.pdf</t>
   </si>
   <si>
     <t>Acrescenta o § 1º, incisos I e II e § 2º ao artigo 14, altera o inciso III, do artigo 27, altera o art. 87, e acrescenta os §§§ 1º, 2º e 3º, incisos I, II, III, acrescenta os §§ 1º, 2º e 3° ao artigo 93, altera o artigo 95, acrescenta o inciso IV ao artigo 218, altera e acrescenta os §§ 1º e 2º ao artigo 226, todos da Resolução nº 013/2018 e suas alterações, que estabelece o Regimento Interno da Câmara Municipal de Santa Rita/PB e dá outras providências.</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
-    <t>2</t>
-[...2 lines deleted...]
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2289/diario-oficial-eletronico-da-camara-de-santa-rita-edicao-no-090-em-07.01.2026.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2289/diario-oficial-eletronico-da-camara-de-santa-rita-edicao-no-090-em-07.01.2026.pdf</t>
   </si>
   <si>
     <t>Revoga dispositivos da Resolução nº 001/2026 que alteram a Resolução nº 013/2018 (Regimento Interno da CMSR) e adota outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -417,67 +592,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2287/diario-oficial-eletronico-da-camara-de-santa-rita-edicao-no-089-em-06.01.2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2289/diario-oficial-eletronico-da-camara-de-santa-rita-edicao-no-090-em-07.01.2026.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2364/pl_-_135_-_2025_descarta_entulhos.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2365/pl_-__255_-_2025__semana_ciclismo.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2366/pl_-_253_-_2025__antony_senso_tea_1.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2367/pl_-_186_-_2025__dia_municipal_da_adocao_de_animais_1.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2368/pl_-_212_-_2025__terrenos_baldios_notificacao_e_multa_1.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2369/pl_-_240_-_2025_visitacao_de_animais_pets_aos_seus_tutores_internados_em_hospitais.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2370/pl_-_167_-2025_apreensao_de_animais_soltos_e_devido_destino_2.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2371/pl_-_158-2025_-maus_tratos_a_animais.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2372/pl-_256_-2025_-_farmacias_credenciadas.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2373/abertura_de_credito_fms_pl_-_007.2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2374/midia_incentivo_saude_pl_-_264.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2375/midia_pl_009.2026__reajuste_dos_servidores_municipais.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2376/midia_plc-008.2026__magisterio.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2287/diario-oficial-eletronico-da-camara-de-santa-rita-edicao-no-089-em-06.01.2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2026/2289/diario-oficial-eletronico-da-camara-de-santa-rita-edicao-no-090-em-07.01.2026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="13.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="146.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="17.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="154.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -505,61 +680,412 @@
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
+      <c r="F3" t="s">
+        <v>18</v>
+      </c>
       <c r="G3" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>23</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>28</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>28</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H7" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>39</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>28</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="H8" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>43</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>44</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>28</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="H9" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>48</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>49</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="H10" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>52</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>53</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>54</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H11" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>57</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>58</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>54</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H12" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>61</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>10</v>
+      </c>
+      <c r="D13" t="s">
+        <v>62</v>
+      </c>
+      <c r="E13" t="s">
+        <v>63</v>
+      </c>
+      <c r="F13" t="s">
+        <v>54</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H13" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>66</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>17</v>
+      </c>
+      <c r="D14" t="s">
+        <v>62</v>
+      </c>
+      <c r="E14" t="s">
+        <v>63</v>
+      </c>
+      <c r="F14" t="s">
+        <v>54</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H14" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" t="s">
+        <v>70</v>
+      </c>
+      <c r="E15" t="s">
+        <v>71</v>
+      </c>
+      <c r="F15" t="s">
+        <v>28</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H15" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>74</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>17</v>
+      </c>
+      <c r="D16" t="s">
+        <v>70</v>
+      </c>
+      <c r="E16" t="s">
+        <v>71</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H16" t="s">
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
+    <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>