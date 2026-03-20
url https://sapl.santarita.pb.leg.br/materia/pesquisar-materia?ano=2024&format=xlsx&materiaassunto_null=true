--- v0 (2025-10-26)
+++ v1 (2026-03-20)
@@ -54,4341 +54,4341 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Paulinho Fernandes</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/675/protocolo_276.2024_projeto_decreto_legislativo_01.2024_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/675/protocolo_276.2024_projeto_decreto_legislativo_01.2024_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO SANTARRITENSE AO PROF. JOSÉ DE ARIMATÉIA CHAGAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Secretaria Administrativa - SEADM</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/</t>
+    <t>http://sapl.santarita.pb.leg.br/media/</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS ANUAL DA PREFEITURA MUNICIPAL DE SANTA RITA DE REPONSABILIDADE DOS EX- PREFEITOS, SR. REGINALDO PEREIRA DA COSTA E SR. SEVERINO ALVES BARBOSA FILHO. RELATVAS AO EXERCÍCIO DE 2014.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Nininho do Bode</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/724/protocolo_400.2024_projeto_de_decreto_legislativo_03.2024_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/724/protocolo_400.2024_projeto_de_decreto_legislativo_03.2024_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO SANTARRITENSE E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/740/protocolo_419.2024_projeto_de_decreto_legislativo_04.2024_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/740/protocolo_419.2024_projeto_de_decreto_legislativo_04.2024_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ SANTARRITENSE A MISSIONÁRIA SIRLENE MARIA FREITAS DE FARIA E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/741/protocolo_420.2024_projeto_de_decreto_legislativo_05.2024_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/741/protocolo_420.2024_projeto_de_decreto_legislativo_05.2024_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO SANTARRITENSE AO TEÓLOGO E PASTOR RODRIGO SIMEÃO DE FARIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Sebastião do sindicato</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/921/protocolo_1260.2024_projeto_de_decreto_legislativo_06.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/921/protocolo_1260.2024_projeto_de_decreto_legislativo_06.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS ANUAL DA PREFEITURA MUNICIPAL DE SANTA RITA DE REPONSABILIDADE DOS EX- PREFEITOS, SR. REGINALDO PEREIRA DA COSTA E SR. SEVERINO ALVES BARBOSA FILHO. RELATVAS AO EXERCÍCIO DE 2015.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/625/protocolo_126.2024_projeto_de_lei_ordinaria_01.2024_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/625/protocolo_126.2024_projeto_de_lei_ordinaria_01.2024_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DISPONIBILIZAÇÃO DE ATENDIMENTO PSCOLÓGICO AO RESPONSÁVEL, ATENDENTE PESSOAL E FAMILIAR DE PESSOA COM DEFICIÊNCIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>Naedson Graciano</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/626/protocolo_187.2024_projeto_de_lei_ordinaria_02.2024_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/626/protocolo_187.2024_projeto_de_lei_ordinaria_02.2024_ver._naedson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA E ADOTA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>Irmão Josivaldo</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/647/protocolo_203.2024_projeto_de_lei_ordinaria_03.2024_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/647/protocolo_203.2024_projeto_de_lei_ordinaria_03.2024_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SERVIÇO DE PSICOLOGIA ESCOLAR NA REDE MUNICIPAL DE ENSINO FUNDAMENTAL EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/646/protocolo_204.2024_projeto_de_lei_ordinaria_04.2024_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/646/protocolo_204.2024_projeto_de_lei_ordinaria_04.2024_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>INSTITUI O "PROJETO FÉRIAS", A SER DESENVOLVIDO NO PERÍODO DE FÉRIAS NAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/676/protocolo_205.2024_projeto_de_lei_ordinaria_05.2024_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/676/protocolo_205.2024_projeto_de_lei_ordinaria_05.2024_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL O PROJETO SEMENTE, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/652/protocolo_254.2024_projeto_de_lei_ordinaria_06.2024_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/652/protocolo_254.2024_projeto_de_lei_ordinaria_06.2024_ver._naedson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DAS TEMÁTICAS EDUCAÇÃO FINANCEIRA E EMPREENDEDORISMO NA REDE MUNICIPAL DE ENSINO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>Jackson Alvino</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/653/protocolo_298.2024_projeto_de_lei_ordinaria_07.2024_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/653/protocolo_298.2024_projeto_de_lei_ordinaria_07.2024_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O PROJETO DE INCLUSÃO POPULAR - PIP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/685/protocolo_304.2024_projeto_de_lei_ordinaria_08.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/685/protocolo_304.2024_projeto_de_lei_ordinaria_08.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO MUNÍCIPIO DE SANTA RITA-PB A CRIAÇÃO DE UMA LEI QUE PREVÊ A NECESSIDADE DE FIXAR CARTAZES NO INTERIOR DOS BANHEIROS FEMININOS DAS CASAS DE SHOWS, TEATROS, CINEMAS, BARES NOTURNOS, DISCOTECAS, ENTRE OUTROS.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/686/protocolo_305.2024_projeto_de_lei_ordinaria_09.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/686/protocolo_305.2024_projeto_de_lei_ordinaria_09.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DA LEI MARIA DA PENHA COMO DISCIPLINA OBRIGATÓRIA NA GRADE CURRICULAR NOS ESTABELECIMENTOS DA REDE PÚLICA DE ENSINO DO MUNICÍPIO DE SANTA RITA - PB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/687/protocolo_306.2024_projeto_de_lei_ordinaria_10.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/687/protocolo_306.2024_projeto_de_lei_ordinaria_10.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA MUNICIPAL DE ENFRENTAMENTO AO ASSÉDIO E À VIOLÊNCIA POLÍTICA CONTRA A MULHER.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Paulo César</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/834/protocolo_360.2024_projeto_de_lei_ordinaria_11.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/834/protocolo_360.2024_projeto_de_lei_ordinaria_11.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE RUA E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/837/protocolo_361.2024_projeto_de_lei_ordinaria_12.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/837/protocolo_361.2024_projeto_de_lei_ordinaria_12.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE RUA E ADOTA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/738/protocolo_362.2024_projeto_de_lei_ordinaria_13.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/738/protocolo_362.2024_projeto_de_lei_ordinaria_13.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/737/protocolo_363.2024_projeto_de_lei_ordinaria_14.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/737/protocolo_363.2024_projeto_de_lei_ordinaria_14.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/838/protocolo_364.2024_projeto_de_lei_ordinaria_15.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/838/protocolo_364.2024_projeto_de_lei_ordinaria_15.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/736/protocolo_365.2024_projeto_de_lei_ordinaria_16.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/736/protocolo_365.2024_projeto_de_lei_ordinaria_16.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/839/protocolo_366.2024_projeto_de_lei_ordinaria_17.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/839/protocolo_366.2024_projeto_de_lei_ordinaria_17.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/840/protocolo_367.2024_projeto_de_lei_ordinaria_18.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/840/protocolo_367.2024_projeto_de_lei_ordinaria_18.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/735/protocolo_368.2024_projeto_de_lei_ordinaria_19.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/735/protocolo_368.2024_projeto_de_lei_ordinaria_19.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/734/protocolo_369.2024_projeto_de_lei_ordinaria_20.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/734/protocolo_369.2024_projeto_de_lei_ordinaria_20.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/836/protocolo_370.2024_projeto_de_lei_ordinaria_21.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/836/protocolo_370.2024_projeto_de_lei_ordinaria_21.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/835/protocolo_371.2024_projeto_de_lei_ordinaria_22.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/835/protocolo_371.2024_projeto_de_lei_ordinaria_22.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/733/protocolo_372.2024_projeto_de_lei_ordinaria_23.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/733/protocolo_372.2024_projeto_de_lei_ordinaria_23.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/833/protocolo_373.2024_projeto_de_lei_ordinaria_24.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/833/protocolo_373.2024_projeto_de_lei_ordinaria_24.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/832/protocolo_374.2024_projeto_de_lei_ordinaria_25.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/832/protocolo_374.2024_projeto_de_lei_ordinaria_25.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/732/protocolo_375.2024_projeto_de_lei_ordinaria_26.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/732/protocolo_375.2024_projeto_de_lei_ordinaria_26.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/731/protocolo_376.2024_projeto_de_lei_ordinaria_27.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/731/protocolo_376.2024_projeto_de_lei_ordinaria_27.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/729/protocolo_377.2024_projeto_de_lei_ordinaria_28.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/729/protocolo_377.2024_projeto_de_lei_ordinaria_28.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/829/protocolo_378.2024_projeto_de_lei_ordinaria_29.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/829/protocolo_378.2024_projeto_de_lei_ordinaria_29.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/730/protocolo_379.2024_projeto_de_lei_ordinaria_30.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/730/protocolo_379.2024_projeto_de_lei_ordinaria_30.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/830/protocolo_380.2024_projeto_de_lei_ordinaria_31.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/830/protocolo_380.2024_projeto_de_lei_ordinaria_31.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/831/protocolo_381.2024_projeto_de_lei_ordinaria_32.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/831/protocolo_381.2024_projeto_de_lei_ordinaria_32.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/723/protocolo_386.2024_projeto_de_lei_ordinaria_33.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/723/protocolo_386.2024_projeto_de_lei_ordinaria_33.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE ENFRENTAMENTO AO FEMINICÍDIO E DE COMBATE A TODA FORMA DE VIOLÊNCIA CONTRA AS MULHERES NO MUNICÍPIO DE SANTA RITA - PARAÍBA.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/722/protocolo_387.2024_projeto_de_lei_ordinaria_34.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/722/protocolo_387.2024_projeto_de_lei_ordinaria_34.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>INSTITUI NA CIDADE DE SANTA RITA/PB, A POLÍTICA MUNICIPAL DE ATENÇÃO INTEGRAL A CRIANÇAS E ADOLESCENTES EM SITUAÇÃO DE RUA E NA RUA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/725/protocolo_390.2024_projeto_de_lei_ordinaria_35.2024_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/725/protocolo_390.2024_projeto_de_lei_ordinaria_35.2024_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRIORIDADE NA MATRÍCULA EM CRECHES MUNICIPAIS ÀS CRIANÇAS PERTENCENTES À FAMÍLIA MONOPARENTAL.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/727/protocolo_391.2024_projeto_de_lei_ordinaria_36.2024_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/727/protocolo_391.2024_projeto_de_lei_ordinaria_36.2024_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLANTAÇÃO DO SERVIÇO DE MONITORAMENTO DE OCORRÊNCIAS DE VIOLÊNCIA ESCOLAR NO ÂMBITO DO MUNICÍPIO DE SANTA RITA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/728/protocolo_392.2024_projeto_de_lei_ordinaria_37.2024_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/728/protocolo_392.2024_projeto_de_lei_ordinaria_37.2024_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>INSTITUI A OBRIGATORIEDADE DE CAPACITAÇÃO PARA OS PROFISSIONAIS DA REDE PÚBLICA DE ENSINO PARA DETECTAREM SINAIS DE VIOLÊNCIA FÍSICA, PSCOLÓGICA E SEXUAL CONTRA CRIANÇAS E ADOLESCENTES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/726/protocolo_393.2024_projeto_de_lei_ordinaria_38.2024_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/726/protocolo_393.2024_projeto_de_lei_ordinaria_38.2024_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DE CONSCIENTIZAÇÃO SOBRE O USO DE ELETRÔNICOS POR BEBÊS E CRIANÇAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Emerson Panta</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/720/protocolo_410.2024_projeto_de_lei_ordinaria_39.2024_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/720/protocolo_410.2024_projeto_de_lei_ordinaria_39.2024_poder_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DOS VENCIMENTOS DOS AGENTES COMUNITÁRIOS DE SAÚDE (ACS) E DOS AGENTES DE COMBATE ÀS ENDEMIAS (ACE) DO MUNICÍPIO DE SANTA RITA-PB A PARTIR DE JANEIRO DE 2024, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/719/protocolo_411.2024_projeto_de_lei_ordinaria_40.2024_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/719/protocolo_411.2024_projeto_de_lei_ordinaria_40.2024_poder_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO PAGAMENTO POR DESEMPENHO DA SAÚDE BUCAL NA ATENÇÃO PRIMÁRIA À SAÚDE - APS, COM BASE NA PORTARIA GM/MS N° 960/2023, DO MINISTÉRIO DA SAÚDE, E ADOTA OUTRAS POVIDÊNCIAS</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/739/protocolo_423.2024_projeto_de_lei_ordinaria_41.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/739/protocolo_423.2024_projeto_de_lei_ordinaria_41.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DA EDUCAÇÃO AMBIENTAL COMO DISCIPLINA OBRIGATÓRIA NA GRADE CURRICULAR NOS ESTABELECIMENTOS DA REDE PÚBLICA DE ENSINO DO MUNICÍPIO DE SANTA RITA PB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/797/protocolo_445.2024_projeto_de_lei_ordinaria_42.2024_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/797/protocolo_445.2024_projeto_de_lei_ordinaria_42.2024_poder_executivo.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE BEM ESTAR ANIMAL; DISPÕE SOBRE CÃES E GATO SCOMUNITÁRIOS, ESTABELECE NORMAS PARA SUA PERMANÊNCIA EM VIAS PÚBLICAS; TRATA SOBRE OBRIGATORIEDADE DOS RESPONSÁVEIS POR ESTABELECIMENTOS DE ATENDIMENTO VETERINÁRIO COMUNICAREM À POLÍCIA CÍVIL E AO MINISTÉRIO PÚBLICO DO ESTADO DA PARAÍBASUSPEITAS OU INDÍCIOS DE CRUELDADE, ABUSO, MAUS-TRATOS, FERIMENTO OU MUTILAÇÃO CONTRA ANIMAL POE ELES ATENDIDO, RESGATADO E HOSPEDADO NO ÂMBITO DO MUNICÍPIO DE SANTA RITA/PB, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/718/protocolo_460.2024_projeto_de_lei_ordinaria_43.2024_poder_executivo_84.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/718/protocolo_460.2024_projeto_de_lei_ordinaria_43.2024_poder_executivo_84.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 82 DA LEI MUNICIPAL N° 1.653/2015, QUE INSTITUI NOVAS DIRETRIZES PARA A FORMULAÇÃO DA POLÍTICA MUNICIPAL DE PROTEÇÃO À CRIANÇA E AO ADOLESCENTE, DISPONDO SOBRE A ESTRUTURA DO CONSELHO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE - CMDCA/SR E DOS CONSELHOS TUTELARES DO MUNICÍPIO DE SANTA RITA/PB, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/799/protocolo_475.2024_projeto_de_lei_ordinaria_44.2024_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/799/protocolo_475.2024_projeto_de_lei_ordinaria_44.2024_poder_executivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO VIGENTE, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/798/protocolo_480.2024_projeto_de_lei_ordinaria_45.2024_poder_executivo_emerson_alvino_panta.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/798/protocolo_480.2024_projeto_de_lei_ordinaria_45.2024_poder_executivo_emerson_alvino_panta.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DOS ARTIGOS 6° E 16 DA LEI MUNICIPAL N° 1624/2014 QUE TRATA DO PLANO DE CARREIRA E VENCIMENTOS DOS AGENTES MUNICIPAIS DE TRÂNSITO, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/803/protocolo_498.2024_projeto_de_lei_ordinaria_46.2024_poder_executivo_pref._emerson_alvino_panta.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/803/protocolo_498.2024_projeto_de_lei_ordinaria_46.2024_poder_executivo_pref._emerson_alvino_panta.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE SALARIAL AOS MEMBROS DO MAGISTÉRIO PÚBLICO MUNICIPAL A PARTIR DE JANEIRO DE 2024, DEFINE O VALOR DA GEAD, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Marcio Justino</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/742/protocolo_500.2024_projeto_de_lei_47.2024_ver._marcio_justino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/742/protocolo_500.2024_projeto_de_lei_47.2024_ver._marcio_justino.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE RUA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/801/protocolo_508.2024_projeto_de_lei_ordinaria_48.2024_poder_executivo_pref._emerson_alvino_panta.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/801/protocolo_508.2024_projeto_de_lei_ordinaria_48.2024_poder_executivo_pref._emerson_alvino_panta.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL PARA PROMOVER REVISÃO ANUAL DE VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS PELA INFLAÇÃO DE 2023 CONFORME DISPOSIÇÃO CONSTITUCIONAL, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/802/protocolo_553.2024_projeto_de_lei_ordinaria_49.2024_poder_executivo_emerson_alvino_panta.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/802/protocolo_553.2024_projeto_de_lei_ordinaria_49.2024_poder_executivo_emerson_alvino_panta.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR INCENTIVO FINANCEIRO FUNCIONAL AOS AGENTES COMUNITÁRIOS DE SAÚDE - ACS E AOS AGENTES DE COMBATE AS ENDEMIAS - ACE, COM BASE NO ARTS. 6° E 7° DO DECRETO FEDERAL N° 8.474, DE 22 DE JUNHO DE 2015, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/778/protocolo_577.2024_projeto_de_lei_ordinaria_50.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/778/protocolo_577.2024_projeto_de_lei_ordinaria_50.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/779/protocolo_581.2024_projeto_de_lei_ordinaria_51.2024_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/779/protocolo_581.2024_projeto_de_lei_ordinaria_51.2024_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA DIÁCONO NELSON RIBEIRO DA SILVA, RUA PROJETADA SN 41, SITUADA NO LOTEAMENTO PLANALTO DO TIBIRI I</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/820/protocolo_610.2024_projeto_de_lei_ordinaria_52.2024_poder_executivo_oficio_24.2024.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/820/protocolo_610.2024_projeto_de_lei_ordinaria_52.2024_poder_executivo_oficio_24.2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/795/protocolo_598.2024_projeto_de_lei_ordinaria_53.2024_poder_executivo_emerson_panta.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/795/protocolo_598.2024_projeto_de_lei_ordinaria_53.2024_poder_executivo_emerson_panta.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTARIA PARA O EXERCÍCIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/821/protocolo_638.2024_projeto_de_lei_ordinaria_54.2024_poder_executivo_emerson_alvino_panta.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/821/protocolo_638.2024_projeto_de_lei_ordinaria_54.2024_poder_executivo_emerson_alvino_panta.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O REMANEJAMENTO, A TRANSPOSIÇÃO E A TRANSFERÊNCIA DE FONTES DE RECURSOS DAS DOTAÇÕES ORÇAMENTÁRIAS CONSTANTES DA LEI MUNICIPAL N° 2.177/2023 - LEI ORÇAMENTÁRIA ANUAL PARA 2024, E ADOTA OUTRAS PROCIDÊNCIAS</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/843/protocolo_683.2024_projeto_de_lei_ordinaria_55.2024_poder_executivo_emerson_alvino_panta.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/843/protocolo_683.2024_projeto_de_lei_ordinaria_55.2024_poder_executivo_emerson_alvino_panta.pdf</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Anésio Alves</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/819/protocolo_703.2024_projeto_de_lei_ordinaria_56.2024_ver._anesio_miranda.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/819/protocolo_703.2024_projeto_de_lei_ordinaria_56.2024_ver._anesio_miranda.pdf</t>
   </si>
   <si>
     <t>COM BASE NA LEI GERAL DO DESPORTO, N° 14.597, DE 14 DE JUNHO DE 2023, E SEUS ARTIGOS 205 E 206, QUE TRATAM DO EFETIVO EXERCÍCIO DE SERVIDORES PÚBLICOS EM COMPETIÇÕES ESPORTIVAS, PROPONHO UMA ADAPTAÇÃO PARA O CONTEXTO MUNICIPAL DE SANTA RITA, PARAÍBA.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/847/protocolo_745.2024_projeto_de_lei_ordinaria_59.2024_poder_executivo_oficio_34.2024.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/847/protocolo_745.2024_projeto_de_lei_ordinaria_59.2024_poder_executivo_oficio_34.2024.pdf</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/842/protocolo_746.2024_projeto_de_lei_ordinaria_60.2024_poder_executivo_oficio_35.2024.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/842/protocolo_746.2024_projeto_de_lei_ordinaria_60.2024_poder_executivo_oficio_35.2024.pdf</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/848/protocolo_747.2024_projeto_de_lei_ordinaria_61.2024_poder_executivo_oficio_36.2024.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/848/protocolo_747.2024_projeto_de_lei_ordinaria_61.2024_poder_executivo_oficio_36.2024.pdf</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/846/protocolo_748.2024_projeto_de_lei_ordinaria_62.2024_poder_executivo_oficio_37.2024.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/846/protocolo_748.2024_projeto_de_lei_ordinaria_62.2024_poder_executivo_oficio_37.2024.pdf</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/841/protocolo_783.2024_projeto_de_lei_ordinaria_63.2024_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/841/protocolo_783.2024_projeto_de_lei_ordinaria_63.2024_poder_executivo.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 2001/2021, QUE DISPÕE SOBRE A CRIAÇÃO E O PLANO DE CARGO, CARREIRA E REMUNERAÇÃO DO CARGO EFETIVO DE GUARDA MUNICIPAL, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/865/protocolo_801.2024_projeto_de_lei_ordinaria_64.2024_poder_executivo_emerson_alvino_panta.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/865/protocolo_801.2024_projeto_de_lei_ordinaria_64.2024_poder_executivo_emerson_alvino_panta.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI MUNICIPAL N° 2.189/2024, QUE DISPÕE SOBRE A INSTITUIÇÃO DE PAGAMENTO POR DESEMPENHO DA SAÚDE BUCAL NA ATENÇÃO PRIMÁRIA À SAÚDE - APS, COM BASE NA PORTARIA GM/MS N° 9602023, DO MINISTÉRIO DA SAÚDE, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/828/protocolo_816.2024_projeto_de_lei_ordinaria_65.2024_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/828/protocolo_816.2024_projeto_de_lei_ordinaria_65.2024_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/851/protocolo_872.2024_projeto_de_lei_66.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/851/protocolo_872.2024_projeto_de_lei_66.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/853/protocolo_882.2024_projeto_de_lei_ordinaria_67.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/853/protocolo_882.2024_projeto_de_lei_ordinaria_67.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DAS EMPRESAS PRESTADORAS DOS SERVIÇOS DE TELEVISÃO, INTERNET OU TELEFONIA POR ASSINATURA, APÓS O CANCELAMENTO DO SERVIÇO, REALIZAREM A REMOÇÃO E O DESCARTE DO CABEAMENTO INATIVADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/856/protocolo_888.2024_projeto_de_lei_ordinaria_68.2024_poder_executivo_oficio_43.2024_1.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/856/protocolo_888.2024_projeto_de_lei_ordinaria_68.2024_poder_executivo_oficio_43.2024_1.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO CORRENTE, ATÉ O LIMITE DE R$ 1.152.486,23 (UM MILHÃO, CENTO E CINQUENTA E DOIS MIL, QUATROCENTOS E OITENTA E SEIS REAIS E VINTE E TRÊS CENTAVOS), PARA FINS QUE ESPECIFÍCA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/854/protocolo_894.2024_projeto_de_lei_ordinaria_69.2024_ver._anesio_miranda.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/854/protocolo_894.2024_projeto_de_lei_ordinaria_69.2024_ver._anesio_miranda.pdf</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/852/protocolo_938.2024_projeto_de_lei_ordinaria_70.2024_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/852/protocolo_938.2024_projeto_de_lei_ordinaria_70.2024_poder_executivo.pdf</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/855/protocolo_963.2024_projeto_de_lei_ordinaria_71.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/855/protocolo_963.2024_projeto_de_lei_ordinaria_71.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>INSTITUI O TERCEIRO DOMINGO DE AGOSTO DE CADA ANO, COMO O DIA MUNICIPAL DO CORREDOR DE RUA NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Célio Rufino</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/867/protocolo_1003.2024_projeto_de_lei_72.2024_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/867/protocolo_1003.2024_projeto_de_lei_72.2024_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/866/protocolo_1019.2024_projeto_de_lei_73.2024_ver._anesio_miranda.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/866/protocolo_1019.2024_projeto_de_lei_73.2024_ver._anesio_miranda.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE RUA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/879/protocolo_1030.2024_projeto_de_lei_ordinaria_74.2024_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/879/protocolo_1030.2024_projeto_de_lei_ordinaria_74.2024_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DE EVANGELIZAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/924/protocolo_1085.2024_projeto_de_lei_ordinaria_75.2024_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/924/protocolo_1085.2024_projeto_de_lei_ordinaria_75.2024_poder_executivo.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 5° DA LEI MUNICIPAL N° 1.759/2016, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/897/protocolo_1086.2024_projeto_de_lei_76.2024_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/897/protocolo_1086.2024_projeto_de_lei_76.2024_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/896/protocolo_1087.2024_projeto_de_lei_77.2024_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/896/protocolo_1087.2024_projeto_de_lei_77.2024_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE PRAÇA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/888/protocolo_1089.2024_projeto_de_lei_78.2024_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/888/protocolo_1089.2024_projeto_de_lei_78.2024_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/923/protocolo_1120.2024_projeto_de_lei_79.2024_poder_executivo_oficio_51.2024.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/923/protocolo_1120.2024_projeto_de_lei_79.2024_poder_executivo_oficio_51.2024.pdf</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/927/protocolo_1121.2024_projeto_de_lei_80.2024_poder_executivo_oficio_52.2024.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/927/protocolo_1121.2024_projeto_de_lei_80.2024_poder_executivo_oficio_52.2024.pdf</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/926/protocolo_1122.2024_projeto_de_lei_81.2024_poder_executivo_oficio_53.2024.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/926/protocolo_1122.2024_projeto_de_lei_81.2024_poder_executivo_oficio_53.2024.pdf</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/922/protocolo_1145.2024_projeto_de_lei_82.2024_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/922/protocolo_1145.2024_projeto_de_lei_82.2024_poder_executivo.pdf</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/925/protocolo_1146.2024_projeto_de_lei_83.2024_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/925/protocolo_1146.2024_projeto_de_lei_83.2024_poder_executivo.pdf</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE SANTA RITA, PARA O EXERCÍCIO FINANCEIRO DE 2025, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Anésio Alves, Boquinha, Bruno de Cicinha, Cássio, Célio Rufino, Cícero Medeiros, Farias, Francisco Queiroga, Irmão Josivaldo, Ivonete Barros, Marinaldo, Nininho do Bode, Paulinho Fernandes, Paulo César, Sebastião do sindicato, Tiane de Berg</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/929/protocolo_1210.2024_projeto_de_lei_85.2024_camara_municipal_de_santa_rita.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/929/protocolo_1210.2024_projeto_de_lei_85.2024_camara_municipal_de_santa_rita.pdf</t>
   </si>
   <si>
     <t>FIXA O SUBSÍDIO DA CÂMARA MUNICIPAL DE SANTA RITA-PB PARA A LEGISLATURA 01/01/2025 A 31/12/2028, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>Boquinha, Cícero Medeiros, Francisco Queiroga, Nininho do Bode</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/930/protocolo_1211.2024_projeto_de_lei_86.2024_mesa_diretora_cmsr.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/930/protocolo_1211.2024_projeto_de_lei_86.2024_mesa_diretora_cmsr.pdf</t>
   </si>
   <si>
     <t>FIXA O SUBSÍDIO DO PREFEITO, VICE PREFEITO, SECRETÁRIOS MUNICIPAIS E DO PROCURADOR-GERAL DO MUNICÍPIO DE SANTA RITA-PB, PARA O PERÍODO DE 1° DE JANEIRO DE 2025 A 31 DE DEZEMBRO DE 2028 - LEGISLATURA 2025/2028 - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Cássio</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/918/protocolo_1240.2024_projeto_de_lei_ordinaria_87.2024_ver._cassio.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/918/protocolo_1240.2024_projeto_de_lei_ordinaria_87.2024_ver._cassio.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA "BANCO DE RAÇÃO E UTENSÍLIOS PARA ANIMAIS" NO MUNICÍPIO DE SANTA RITA.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/934/protocolo_1162.2024_projeto_de_lei_88.2024_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/934/protocolo_1162.2024_projeto_de_lei_88.2024_poder_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE MODIFICAÇÕES DA LDO PARA O EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/976/protocolo_1315.2024_projeto_de_lei_89.2024_poder_executivo_oficio_61.2024.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/976/protocolo_1315.2024_projeto_de_lei_89.2024_poder_executivo_oficio_61.2024.pdf</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/942/protocolo_1323.2024_projeto_de_lei_90.2024_ver._cassio.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/942/protocolo_1323.2024_projeto_de_lei_90.2024_ver._cassio.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DO SERVIÇO MÓVEL DE URGÊNCIA E INTINERANTE NO ATENDIMENTO DE ANIMAIS - "SAMU PET" DA CIDADE DE SANTA RITA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/935/protocolo_1164.2024_projeto_de_lei_91.2024_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/935/protocolo_1164.2024_projeto_de_lei_91.2024_poder_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS MODIFICAÇÕES DE PROGRAMAS E AÇÕES GOVERNAMENTAIS DO PLANO PLURIANUAL DO MUNICÍPIO DE SANTA RITA, PARA O PERÍODO 2022/2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/943/protocolo_1385.2024_projeto_de_lei_92.2024_ver._cassio.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/943/protocolo_1385.2024_projeto_de_lei_92.2024_ver._cassio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DISPONIBILIDADE, EM TODOS OS SUPERMERCADOS E CONGÊNERES, DE ADAPTAÇÃO DE 5% (CINCO POR CENTO) DOS CARRINHOS DE COMPRA PARA UTILIZAÇÃO POR ACOPLAÇÃO DE CASINHAS PETS PARA UTILIZAÇÃO PELOS POSSUIDORES DE CÃES, GATOS E OUTROS ANIMAIS DOMÉSTICOS NO ÂMBITO DO MUNICÍPIO DE SANTA RITA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/972/protocolo_1458.2024_projeto_de_lei_93.2024_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/972/protocolo_1458.2024_projeto_de_lei_93.2024_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CARTÃO DE IDENTIFICAÇÃO PARA PESSOA COM TRANSTORNO DE DÉFICIT DE ATENÇÃO COM HIPERATIVIDADE (TDAH), RESIDENTE NO MUNICÍPIO E DÁ OUTRAS PROVIDÊCIAS.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/970/protocolo_1459.2024_projeto_de_lei_94.2024_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/970/protocolo_1459.2024_projeto_de_lei_94.2024_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>RECONHECE OS PORTADORES DE TRANSTORNO DO DÉFICIT DE ATENÇÃO COM HIPERATIVIDADE (TDAH), COMO PESSOAS COM DEFICIÊNCIA NO ÂMBITO DO MUNICÍPIO DE SANTA RITA - PB.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/974/protocolo_1466.2024_projeto_de_lei_ordinario_95.2024_poder_executivo_oficio_65.2024.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/974/protocolo_1466.2024_projeto_de_lei_ordinario_95.2024_poder_executivo_oficio_65.2024.pdf</t>
   </si>
   <si>
     <t>ALTERA E CONSOLIDA A REDAÇÃO DO ART. 4° DA LEI MUNICIPAL N° 1.862/2017, E SUAS ALTERAÇÕES, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/800/protocolo_479.2024_projeto_de_lei_complementar_01.2024_poder_executivo_emerson_alvino_panta.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/800/protocolo_479.2024_projeto_de_lei_complementar_01.2024_poder_executivo_emerson_alvino_panta.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE DISPOSITIVO NA LEI COMPLEMENTAR MUNICIPAL N° 17/2018 QUE CRIA O SERVIÇO DE PLANTÃO EXTRAORDINÁRIO PARA OS AGENTES MUNICIPAIS DE TRÂNSITO DA SEMOB-SR, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/796/protocolo_511.2024_projeto_de_lei_complementar_02.2024_poder_executivo_pref._emerson_alvino_panta.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/796/protocolo_511.2024_projeto_de_lei_complementar_02.2024_poder_executivo_pref._emerson_alvino_panta.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DOS §§ 10,11, 12, 13 E 14 NO ARTIGO 48 DA LEI COMPLEMENTAR MUNICIPAL N° 19/2019, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/845/protocolo_644.2024_projeto_de_lei_complementar_03.2024_poder_executivo_emerson_alvino_panta.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/845/protocolo_644.2024_projeto_de_lei_complementar_03.2024_poder_executivo_emerson_alvino_panta.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 33 DA LEI COMPLEMENTAR N° 20/2019, QUE DISPÕE SOBRE A AGÊNCIA REGULADORA DO MUNICÍPIO DE SANTA RITA - AR/SR, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/844/protocolo_650.2024_projeto_de_lei_complementar_04.2024_poder_executivo_emerson_alvino_panta.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/844/protocolo_650.2024_projeto_de_lei_complementar_04.2024_poder_executivo_emerson_alvino_panta.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N° 15/2018, QUE DISPÕE SOBRE A ESTRUTURA ORGANIZACIONAL BÁSICA DO INSTITUTO DE PREVIDÊNCIA DO MUNICÍPIO DE SANTA RITA - IPREV-SR, E ADOTA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/928/protocolo_750.2024_projeto_de_lei_complementar_05.2024_poder_executivo_oficio_38.2024.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/928/protocolo_750.2024_projeto_de_lei_complementar_05.2024_poder_executivo_oficio_38.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE DISPOSITIVOS E ALTERAÇÃO DE ORGANOGRAMA DA LEI COMPLEMENTAR MUNICIPAL N° 27/2021, QUE DISPÕE SOBRE A SECRETARIA MUNICIPAL DE SEGURANÇA PÚBLICA E DEFESA SOCIAL - SMSEG, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/973/protocolo_1467.2024_projeto_de_lei_complementar_06.2024_poder_executivo_oficio_64.2024.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/973/protocolo_1467.2024_projeto_de_lei_complementar_06.2024_poder_executivo_oficio_64.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO NA NOMECLATURA DE CARGOS PREVISTA NA LEI COMPLEMENTAR MUNICIPAL N° 16/2018, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Gabinete da Presidência - GABPRES</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/716/protocolo_316.2024_projeto_de_resolucao_01.2024_mesa_diretora.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/716/protocolo_316.2024_projeto_de_resolucao_01.2024_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA DISPOSITIVOS DA LEI MUNICIPAL N 1.827/2017, QUE DISPÕE SOBRE OS CRITÉRIOS PARA CONCESSÃO DA GRATIFICAÇÃO PREVISTA NA REFERIDA LEI, NO ÂMBITO DA CÂMARA MUNICIPAL DE SANTA RITA/PB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>Nininho do Bode, Anésio Alves, Boquinha, Bruno de Cicinha, Cássio, Célio Rufino, Cícero Medeiros, Farias, Francisco Queiroga, Irmão Josivaldo, Ivonete Barros, Jackson Alvino, Marcio Justino, Marinaldo, Naedson Graciano, Paulinho Fernandes, Paulo César, Sebastião do sindicato, Tiane de Berg</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA RESOLUÇÃO N° 001/2022, DE 08 DE MARÇO DE 2022, QUE DISPÕE SOBRE A VERBA INDENIZATÓRIA DE ATIVIDADE PARLAMENTAR-VIAP.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>Anésio Alves, Boquinha, Bruno de Cicinha, Célio Rufino, Farias, Francisco Queiroga, Jackson Alvino, Marcio Justino, Marinaldo, Naedson Graciano, Paulinho Fernandes, Paulo César, Sebastião do sindicato, Tiane de Berg</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/917/protocolo_1235.2024_projeto_de_resolucao_03.2024_camara_municipal_de_santa_rita.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/917/protocolo_1235.2024_projeto_de_resolucao_03.2024_camara_municipal_de_santa_rita.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DOS ARTIGOS 12, 32 E 36 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE SANTA RITA, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/971/protocolo_1461.2024_projeto_de_resolucao_04.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/971/protocolo_1461.2024_projeto_de_resolucao_04.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DOS ARTIGOS 52 E 53 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE SANTA RITA, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>PROMULGA O DECRETO LEGISLATIVO N° 007/2024, CONFORME DECISÃO DO PLENÁRIO, EM CONSONÂNCIA COM A DISPOSIÇÃO DO REGIMENTO INTERNO, ARTIGO 204, I AO III, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>Anésio Alves, Boquinha, Bruno de Cicinha, Cássio, Cícero Medeiros, Farias, Francisco Queiroga, Ivonete Barros, Jackson Alvino, Marcio Justino, Marinaldo, Nininho do Bode, Paulinho Fernandes, Paulo César, Sebastião do sindicato</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/978/protocolo_1539.2024_projeto_de_resolucao_06.2024_camara_municipal_de_santa_rita.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/978/protocolo_1539.2024_projeto_de_resolucao_06.2024_camara_municipal_de_santa_rita.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO NO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE SANTA RITA, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Bruno de Cicinha</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/911/protocolo_1072.2024_proposta_de_emenda_a_lei_organica_01.2024_todos_os_vereadores.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/911/protocolo_1072.2024_proposta_de_emenda_a_lei_organica_01.2024_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 12 DA LEI ORGÂNICA DO MUNICÍPIO DE SANTA RITA PB, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/936/protocolo_1237.2024_projeto_de_emenda_a_lei_organica_02.2024_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/936/protocolo_1237.2024_projeto_de_emenda_a_lei_organica_02.2024_poder_executivo.pdf</t>
   </si>
   <si>
     <t>CRIA O INCISO VI E OS §§ 1º, 2º, 3º, 4º, 5º, 6º, 7º, 8º, 9º, 10 E 11 NO ARTIGO 25 E ALTERA A REDAÇÃO DO INCISO V DO ARTIGO 56 DA LEI ORGÂNICA DO MUNICÍPIO DE SANTA RITA-PB, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/582/protocolo_02.2024_requerimento_parlamentar_01.2024_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/582/protocolo_02.2024_requerimento_parlamentar_01.2024_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta, para que inclua nas obras de sua gestão a IMPLANTAÇÃO DE UMA UBS NO PRÉDIO ONDE FUNCIONAVA A BIBLIOTECA DE TIBIRI.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/583/protocolo_03.2024_requerimento_parlamentar_02.2024_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/583/protocolo_03.2024_requerimento_parlamentar_02.2024_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta, para que inclua nas obras de sua gestão a pavimentação asfáltica da Rua Bom Jesus em Tibiri.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/584/protocolo_04.2024_requerimento_parlamentar_03.2024_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/584/protocolo_04.2024_requerimento_parlamentar_03.2024_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta, para que inclua nas obras de sua gestão a continuação da pavimentação da Rua Coronel Ednaldo Tavares Rufino no JD Europa.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/585/protocolo_05.2024_requerimento_parlamentar_04.2024_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/585/protocolo_05.2024_requerimento_parlamentar_04.2024_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta, para que inclua nas obras de sua gestão a pavimentação da Rua Pedro Lins de Albuquerque, no JD Europa.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/586/protocolo_06.2024_requerimento_parlamentar_05.2024_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/586/protocolo_06.2024_requerimento_parlamentar_05.2024_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta, para que inclua nas obras de sua gestão a pavimentação da Rua Deputado Clodomir Leite, no JD Europa.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/587/protocolo_07.2024_requerimento_parlamentar_06.2024_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/587/protocolo_07.2024_requerimento_parlamentar_06.2024_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta, para que inclua nas obras de sua gestão a pavimentação da Rua Conde Deu, no JD Europa.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/588/protocolo_08.2024_requerimento_parlamentar_07.2024_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/588/protocolo_08.2024_requerimento_parlamentar_07.2024_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta, para que inclua nas obras de sua gestão a implantação de lombadas na Avenida Arnóbio Maroja em Tibiri na área entre a praça do Chafariz e a entrada do Bairro de Marcos Moura.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/589/protocolo_09.2024_requerimento_parlamentar_08.2024_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/589/protocolo_09.2024_requerimento_parlamentar_08.2024_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta, para que inclua nas obras de sua gestão a construção do mercado público de Tibiri.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/590/protocolo_10.2024_requerimento_parlamentar_09.2024_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/590/protocolo_10.2024_requerimento_parlamentar_09.2024_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta, para que inclua nas obras de sua gestão a pavimentação da Rua Dionísio Alves de Oliveira em Tibiri</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/591/protocolo_11.2024_requerimento_parlamentar_10.2024_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/591/protocolo_11.2024_requerimento_parlamentar_10.2024_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta, para que inclua nas obras de sua gestão a pavimentação da Rua Capitão Vitorino da Cunha no JD Europa.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/592/protocolo_12.2024_requeirmento_parlamentar_11.2024_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/592/protocolo_12.2024_requeirmento_parlamentar_11.2024_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta, para que inclua nas obras de sua gestão o calçamento da Rua Pedras de Fogo em Tibiri 2 na parte que liga a Av Campina Grande com a Av. Conde.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/593/protocolo_13.2024_requerimento_parlamentar_12.2024_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/593/protocolo_13.2024_requerimento_parlamentar_12.2024_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta, para que inclua nas obras de sua gestão a drenagem das Ruas Jericó, Juazeirinho e Diamante em Tibiri.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/594/protocolo_14.2024_requerimento_parlamentar_13.2024_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/594/protocolo_14.2024_requerimento_parlamentar_13.2024_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta, para que inclua nas obras de sua gestão a pavimentação asfáltica da Av. Guarabira em Tibiri.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>Tiane de Berg</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/596/protocolo_15.2024_requerimento_parlamentar_14.2024_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/596/protocolo_15.2024_requerimento_parlamentar_14.2024_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta, para que inclua nas obras de sua gestão a implantação de uma UNIDADE BÁSICA DE SAÚDE (UBS) no loteamento Santo Amaro, localizada no Distrito de Várzea Nova neste Município.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/580/protocolo_31.2024_requerimento_parlamentar_15.2024_ver._marcio_justino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/580/protocolo_31.2024_requerimento_parlamentar_15.2024_ver._marcio_justino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental, após ouvir em plenário que seja encaminhado ao Sr. Prefeito Emerson Panta para que venha incluir nas obras de sua gestão a reforma da praça do sol, localizada no bairro Popular.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/579/protocolo_32.2024_requerimento_parlamentar_16.2024_ver._marcio_justino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/579/protocolo_32.2024_requerimento_parlamentar_16.2024_ver._marcio_justino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental, após ouvir em plenário que seja encaminhado ao Sr. Prefeito Emerson Panta para que venha incluir nas obras de sua gestão a reforma da praça do Atleta, localizado no Bairro Popular.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/581/protocolo_33.2024_requerimento_parlamentar_17.2024_ver._marcio_justino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/581/protocolo_33.2024_requerimento_parlamentar_17.2024_ver._marcio_justino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental, após ouvir em plenário que seja encaminhado ao Sr. Prefeito Emerson Panta para que venha incluir nas obras de sua gestão a reforma da praça do Índio Piragibe no Bairro Popular.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/597/protocolo_35.2024_requerimento_parlamentar_18.2024_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/597/protocolo_35.2024_requerimento_parlamentar_18.2024_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta que inclua nas obras da sua gestão a implantação da arquibancada do Estádio O Moraizão em Várzea Nova neste Município.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/598/protocolo_36.2024_requerimento_parlamentar_19.2024_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/598/protocolo_36.2024_requerimento_parlamentar_19.2024_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta que inclua nas obras da sua gestão a pavimentação asfáltica das ruas: Avenida Thirso Furtado, jornalista Paulo Brandão e Virgínio da Gama e Melo, ambas localizadas no Lot. do Castanheiro em Várzea Nova neste Município.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/640/protocolo_37.2024_requerimento_parlamentar_20.2024_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/640/protocolo_37.2024_requerimento_parlamentar_20.2024_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta que inclua nas obras da sua gestão a continuação da pavimentação asfáltica da rua padre Geraldo Pinto em Marcos Moura neste Município.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/641/protocolo_38.2024_requerimento_parlamentar_21.2024_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/641/protocolo_38.2024_requerimento_parlamentar_21.2024_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta em conjunto com a secretaria de infraestrutura, que venham realizar estudos a fim de, fazer aquisição ou contratação de mais 02 (dois) caminhões, para realização de trocas e manutenção da iluminação pública do nosso Município.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/642/protocolo_39.2024_requerimento_parlamentar_22.2024_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/642/protocolo_39.2024_requerimento_parlamentar_22.2024_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta que inclua nas obras da sua gestão a implantação de um Centro de Hemodiálise  em Várzea Nova neste Município.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/660/protocolo_40.2024_requerimento_parlamentar_23.2024_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/660/protocolo_40.2024_requerimento_parlamentar_23.2024_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta que inclua nas obras da sua gestão a Construção de uma Praça pública no ponto final de ônibus do Lot. Boa Vista ( ao lado do bar do Vaqueiro) localizado em Várzea Nova neste Município.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/659/protocolo_41.2024_requerimento_parlamentar_24.2024_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/659/protocolo_41.2024_requerimento_parlamentar_24.2024_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta que inclua nas obras da sua gestão a Construção de uma Praça pública, no Lot. Santo Amaro, localizada no Distrito de Várzea Nova neste Município.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/661/protocolo_42.2024_requerimento_parlamentar_25.2024_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/661/protocolo_42.2024_requerimento_parlamentar_25.2024_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta que inclua nas obras da sua gestão a Drenagem da rua Padre Geraldo Pinto localizada em Marcos Moura neste Município.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/698/protocolo_43.2024_requerimento_parlamentar_26.2024_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/698/protocolo_43.2024_requerimento_parlamentar_26.2024_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta que inclua nas obras da sua gestão a Drenagem Urbana da Rua sabiá localizada no Lot. Boa Vista em Várzea Nova neste Município</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/699/protocolo_44.2024_requerimento_parlamentar_27.2024_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/699/protocolo_44.2024_requerimento_parlamentar_27.2024_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta junto com a Secretaria de Planejamento que venha realizar estudos a fim de construir um Ginásio Poliesportivo no Distrito de Várzea Nova neste Município.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/700/protocolo_45.2024_requerimento_parlamentar_28.2024_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/700/protocolo_45.2024_requerimento_parlamentar_28.2024_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta junto a Secretaria de Infraestrutura, no setor de iluminação Pública, que venham realizar a instalação de Iluminação em LED em todas ruas do Conjunto Habitacional Irmã Antonieta, no bairro do Marcos Moura neste Município.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/704/protocolo_46.2024_requerimento_parlamentar_29.2024_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/704/protocolo_46.2024_requerimento_parlamentar_29.2024_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta junto a Secretaria de Infraestrutura, no setor de iluminação Pública, que venham realizar a instalação de Iluminação em LED na rua Boa Vista em Várzea Nova neste Município.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/705/protocolo_47.2024_requerimento_parlamentar_30.2024_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/705/protocolo_47.2024_requerimento_parlamentar_30.2024_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta junto a Secretaria de Infraestrutura, no setor de iluminação Pública, que venham realizar a instalação de Iluminação em LED na rua do Cajueiro em Várzea Nova neste Município.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/706/protocolo_48.2024_requerimento_parlamentar_31.2024_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/706/protocolo_48.2024_requerimento_parlamentar_31.2024_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta junto a Secretaria de Infraestrutura, no setor de iluminação Pública, que venham realizar a instalação de Iluminação em LED na rua Padre Geraldo Pinto, em Marcos Moura neste Município.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/758/protocolo_49.2024_requerimento_parlamentar_32.2024_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/758/protocolo_49.2024_requerimento_parlamentar_32.2024_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta que inclua nas obras da sua gestão, a Revitalização do Mercado Público (Maria da Batata) localizado em Várzea Nova neste Município.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/760/protocolo_50.2024_requeirmento_parlamentar_33.2024_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/760/protocolo_50.2024_requeirmento_parlamentar_33.2024_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta que inclua nas obras da sua gestão, a implantação de um Parque ecológico no Distrito de Várzea Nova neste Município.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/761/protocolo_51.2024_requerimento_parlamentar_34.2024_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/761/protocolo_51.2024_requerimento_parlamentar_34.2024_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta que inclua nas obras da sua gestão, a reforma da Praça Luciano Wanderley localizada no Lot. Castanheiro no Distrito de Várzea Nova neste Município.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/605/protocolo_65.2024_requerimento_parlamentar_45.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/605/protocolo_65.2024_requerimento_parlamentar_45.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja marcada pela Mesa Diretora desta casa, uma sessão especial para celebrar o 8 de Março, dia Internacional da Mulher.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>Cícero Medeiros</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/610/protocolo_76.2024_requerimento_parlamentar_53.2024_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/610/protocolo_76.2024_requerimento_parlamentar_53.2024_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja enviado ao Chefe do Poder Executivo Sr. Emerson Panta que inclua nas obras de sua administração o binário em asfalto do Bairro castanheiro em Várzea Nova neste Município.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/611/protocolo_77.2024_requerimento_parlamentar_54.2024_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/611/protocolo_77.2024_requerimento_parlamentar_54.2024_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja enviado ao Chefe do Poder Executivo Sr. Emerson Panta que inclua nas obras de sua administração em caráter de urgência a construção de uma ponte que liga o centro da cidade á comunidade Canaã - Usina Santa Rita localizada neste Município.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/612/protocolo_78.2024_requerimento_parlamentar_55.2024_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/612/protocolo_78.2024_requerimento_parlamentar_55.2024_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja enviado ao Chefe do Poder Executivo Sr. Emerson Panta que inclua nas obras de sua administração o asfalto da Rua Dr. Pedrosa no bairro Santa Cruz neste Município.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/602/protocolo_81.2024_requerimento_parlamentar_56.2024_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/602/protocolo_81.2024_requerimento_parlamentar_56.2024_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja solicitado ao Sr. Klelysson keyller, Secretário de Infraestrutura desta cidade, que seja incluído nas obras do Município a reforma da Praça do Sagrado Coração de Jesus, Alto das populares neste Município.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/643/protocolo_82.2024_requerimento_parlamentar_57.2024_ver._nininho_do_bode.farias.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/643/protocolo_82.2024_requerimento_parlamentar_57.2024_ver._nininho_do_bode.farias.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja solicitado ao Sr. Klelysson Keyller, Secretário de Infraestrutura desta cidade, que seja incluído nas obras do Município a revitalização (novo calçamento, ciclovia, pista de cooper e equipamentos de ginásticas) da Rua Paraná, Alto das populares neste Município.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/603/protocolo_83.2024_requerimento_parlamentar_58.2024_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/603/protocolo_83.2024_requerimento_parlamentar_58.2024_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja solicitado ao Sr. Ricardo José, Secretário de Meio Ambiente desta cidade, que seja realizada a urbanização das áreas verdes localizadas no Alto da Cosibra (Jardins) situados nesse Município.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/604/protocolo_84.2024_requerimento_parlamentar_59.2024_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/604/protocolo_84.2024_requerimento_parlamentar_59.2024_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja solicitado ao Sr. Ricardo José, Secretário de Meio Ambiente desta cidade, que seja realizada a urbanização das áreas verdes localizadas no Lot. Jd Europa 2 neste Município.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/599/protocolo_88.2024_requerimento_parlamentar_60.2024_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/599/protocolo_88.2024_requerimento_parlamentar_60.2024_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja enviado ao excelentíssimo Chefe do Poder Executivo Sr. Emerson Panta que inclua nas obras de sua gestão a construção de uma clínica veterinária Municipal, neste Município.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/637/protocolo_92.2024_requerimento_parlamentar_61.2024_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/637/protocolo_92.2024_requerimento_parlamentar_61.2024_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja enviado ao Chefe do Poder Executivo Sr. Emerson Panta que inclua nas obras de sua administração em caráter de urgência a construção do PSF no Bairro Vidal de Negreiros neste Município.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/638/protocolo_93.2024_requerimento_parlamentar_62.2024_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/638/protocolo_93.2024_requerimento_parlamentar_62.2024_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja enviado ao Chefe do Poder Executivo Sr. Emerson Panta que inclua nas obras de sua administração o calçamento da Rua Severino Tranquilino, localizada no Bairro JD Europa neste Município.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/639/protocolo_95.2024_requerimento_parlamentar_64.2024_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/639/protocolo_95.2024_requerimento_parlamentar_64.2024_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja enviado ao Chefe do Poder Executivo Sr. Emerson Panta que inclua nas obras de sua administração o calçamento da rua João Duarte localizada no Bairro Tibiri nesta cidade.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/600/protocolo_99.2024_requerimento_parlamentar_65.2024_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/600/protocolo_99.2024_requerimento_parlamentar_65.2024_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja enviado ao Excelentíssimo Chefe do Poder Executivo, Sr. Emerson Panta, que inclua nas obras de sua administração a pavimentação da Rua Estrela no Bairro de Livramento neste Município.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/601/protocolo_100.2024_requerimento_parlamentar_66.2024_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/601/protocolo_100.2024_requerimento_parlamentar_66.2024_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja enviado ao Excelentíssimo Chefe do Poder Executivo, Sr. Emerson Panta, que inclua nas obras de sua administração a pavimentação da Rua da Palmeiras no Bairro de Livramento neste Município.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/644/protocolo_122.2024_requerimento_parlamentar_74.2024_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/644/protocolo_122.2024_requerimento_parlamentar_74.2024_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental depois de ouvido em plenário que seja solicitado ao Sr. Secretário de Infraestrutura de Santa Rita, que seja incluído nas obras do Município a reforma e requalificação da Praça Diógenes Chianca no Bairro Popular neste Município.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/645/protocolo_123.2024_requerimento_parlamentar_75.2024_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/645/protocolo_123.2024_requerimento_parlamentar_75.2024_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental depois de ouvido em plenário que seja solicitado ao Sr. Secretário de Infraestrutura de Santa Rita, que seja incluído nas obras do Município a reforma e requalificação da Praça do Cuscuz no Bairro Popular neste Município.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/608/protocolo_130.2024_requerimento_parlamentar_78.2024_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/608/protocolo_130.2024_requerimento_parlamentar_78.2024_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja encaminhado ao Excelentíssimo Prefeito Sr. Emerson Panta, para que determine ao Secretário de Obra e Serviço Público a pavimentação em calçamento da Rua Manoel Veloso Borges e Rua da Macaíba no Bairro popular.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/606/protocolo_132.2024_requerimento_parlamentar_79.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/606/protocolo_132.2024_requerimento_parlamentar_79.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja consignado na ata dos trabalhos desta Casa Legislativa, Votos de aplausos para as alunas e alunos do Curso Pré-Vestibular promovido pela juventude Franciscana - JUFRA, que é divisão Juvenil da Ordem franciscana Secular da igreja Católica. Segue os nomes e suas respectivas notas: Isabely Pires, nota 920; Maria Clara Rolin, nota 820; Rebeca Diniz, nota 840; Bruna Jaime, nota 920; Babriel Cunha, nota 780 e Ryan Eduardo, nota 720.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/607/protocolo_133.2024_requerimento_parlamentar_80.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/607/protocolo_133.2024_requerimento_parlamentar_80.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja consignado na ata dos trabalhos desta Casa Legislativa, Votos de aplausos para as alunas e alunos da Escola Estadual Luiz Ribeiro Limeira, localizado no Bairro do Tibiri, por suas pontuações na Redação do ENEM 2024, segue os nomes e suas respectivas notas: Guilherme Lucas de V. Oliveira, 960 pontos; Kamily dos Santos Galdino 880 pontos; Andressa Firmino dos Santos 880 pontos; Wendy Beatriz Melo Xavier 880 pontos; Kethyn Vitória do N. Oliveira 720 pontos; Vitória Samara do N. Higino 840 pontos; Suênia da Silva Primo 840 pontos; Gideon Pereira da Silva 760 pontos; Estefany de Oliveira Gomes 760 pontos; Ana Débora de Lima Queiroz 780 pontos; José Carlos Gomes Junior 780 pontos; Júlia Emily Cândido Pereira 760 pontos; Letícia Souza Pontes 760 pontos; João Victor Delfino da Silva 720 pontos; Aryruan Severino Daltro (EJAA) 620 pontos; Jhasyla Nycole Alves da Silva 560 pontos e Stefany Carolyny Soares da Silva 520 pontos.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/609/protocolo_135.2024_requerimento_parlamentar_81.2024_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/609/protocolo_135.2024_requerimento_parlamentar_81.2024_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja encaminhado ao Excelentíssimo Prefeito Sr. Emerson Panta, para que determine ao Secretário de Obra e Serviço Público a pavimentação em calçamento da Rua Marcondes Alves Vasconcelos em Tibiri 2.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/670/protocolo_138.2024_requerimento_parlamentar_82.2024_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/670/protocolo_138.2024_requerimento_parlamentar_82.2024_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja enviado ao excelentíssimo prefeito Emerson Panta que inclua nas obras de sua administração e realizações de um mutirão de agendamentos para que a população possa realizar exames Oftalmológicos e que seja feita a doação de óculos para os alunos de rede Municipal de ensino de nossa cidade Santa Rita.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/671/protocolo_139.2024_requerimento_parlamentar_83.2024_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/671/protocolo_139.2024_requerimento_parlamentar_83.2024_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja enviado ao excelentíssimo prefeito Emerson Panta que inclua nas obras de sua administração o calçamento da Rua Francisca Meira Ângelo, localizada no Bairro Popular nesta Cidade.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/672/protocolo_140.2024_requerimento_parlamentar_84.2024_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/672/protocolo_140.2024_requerimento_parlamentar_84.2024_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja enviado ao excelentíssimo prefeito Emerson Panta, para que faça um estudo afim de elevar o Bairro de Tibiri a condição de Distrito.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/689/protocolo_141.2024_requerimento_parlamentar_85.2024_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/689/protocolo_141.2024_requerimento_parlamentar_85.2024_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja enviado ao excelentíssimo prefeito Emerson Panta que inclua nas obras de sua administração o calçamento da Rua Nova Jerusalém, localizada no Bairro Heitel Santiago nesta Cidade.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/690/protocolo_142.2024_requerimento_parlamentar_86.2024_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/690/protocolo_142.2024_requerimento_parlamentar_86.2024_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja enviado ao excelentíssimo prefeito Emerson Panta que inclua nas obras de sua administração a construção de um poço artesiano na comunidade UBIM 1 neste Município</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/691/protocolo_143.2024_requerimento_parlamentar_87.2024_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/691/protocolo_143.2024_requerimento_parlamentar_87.2024_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja enviado ao excelentíssimo prefeito Emerson Panta que inclua nas obras de sua administração a construção de um poço artesiano na comunidade UBIM 2 neste Município</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/762/protocolo_150.2024_requerimento_parlamentar_90.2024_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/762/protocolo_150.2024_requerimento_parlamentar_90.2024_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja enviado ao excelentíssimo prefeito Emerson Panta que inclua nas obras de sua administração a reforma da Praça Geraldo Beltrão no Bairro do Heitel Santiago neste Município.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/619/protocolo_182.2024_requerimento_parlamentar_91.2024_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/619/protocolo_182.2024_requerimento_parlamentar_91.2024_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que o excelentíssimo Chefe do Poder Executivo Sr. Emerson Panta, através da Secretaria de Saúde e Infraestrutura, construção de um Pronto de Socorro de Fraturas nesse Município.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/620/protocolo_183.2024_requerimento_parlamentar_92.2024_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/620/protocolo_183.2024_requerimento_parlamentar_92.2024_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que o excelentíssimo Chefe do Poder Executivo Sr. Emerson Panta, através da Secretaria de Educação, execute a implantação de intérprete de libras nas escolas municipais, visando a inclusão para todos os estudantes nas escolas desse Município.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/621/protocolo_184.2024_requerimento_parlamentar_93.2024_ver._naedson_graciano.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/621/protocolo_184.2024_requerimento_parlamentar_93.2024_ver._naedson_graciano.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que o excelentíssimo Chefe do Poder Executivo Sr. Emerson Panta, através da Secretaria de Saúde execute a implantação de uma equipe multidisciplinar para crianças com TEA, sendo, analistas, fonoaudiólogos e acompanhantes terapeuticos escolar.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/635/protocolo_185.2024_requerimento_parlamentar_94.2024_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/635/protocolo_185.2024_requerimento_parlamentar_94.2024_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que o excelentíssimo Chefe do Poder Executivo Sr. Emerson Panta, através da Secretaria de Assistência Social, faça a implantação de CRAS em todos os bairros deste Município que ainda não recebem o serviço.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/636/protocolo_186.2024_requerimento_parlamentar_95.2024_ver._naedson_graciano.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/636/protocolo_186.2024_requerimento_parlamentar_95.2024_ver._naedson_graciano.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que o excelentíssimo Chefe do Poder Executivo Sr. Emerson Panta, através da Secretaria de Educação, execute a criação e implantação de uma biblioteca digital em nosso Município.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/616/protocolo_188.2024_requerimento_parlamentar_96.2024_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/616/protocolo_188.2024_requerimento_parlamentar_96.2024_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja encaminhado ao Excelentíssimo Prefeito Sr. Emerson Panta, para que determine ao Secretário de Obra e Serviço Público a pavimentação em calçamento da Avenida Angola em Tibiri II.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>Farias</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/617/protocolo_190.2024_requerimento_parlamentar_97.2024_ver._farias.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/617/protocolo_190.2024_requerimento_parlamentar_97.2024_ver._farias.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental após ouvido em plenário que seja enviado em veemente apelo ao Excelentíssimo Chefe do Poder Executivo, que inclua nas obras de sua administração a Pavimentação Asfáltica, das Ruas Telêmaco Santiago, Manoel Veloso Borges, Templários e Zelotes. Fazendo a ligação dos Bairros do Açude e Alto do Eucalípto trazendo assim mobilidade urbana aos moradores e visitantes de Santa Rita/PB.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/622/protocolo_206.2024_requerimento_parlamentar_98.2024_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/622/protocolo_206.2024_requerimento_parlamentar_98.2024_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja enviado ao Excelentíssimo Chefe do Poder Executivo, Sr. Emerson Panta, que determine em conjunto com a secretaria de saúde, o funcionamento das UBS Flávio Maroja (Bairro Popular) e Barão do Abyai (Várzea Nova) em atendimentos 24hs.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/623/protocolo_207.2024_requerimento_parlamentar_99.2024_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/623/protocolo_207.2024_requerimento_parlamentar_99.2024_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja enviado ao Excelentíssimo Chefe do Poder Executivo, Sr. Emerson Panta a realização de um planejamento/estudo visando a construção de uma biblioteca pública no centro da cidade, como também, a reativação das bibliotecas municipais, nos bairros de Tibiri, Várzea Nova e Popular, como também, a instalação de computadores e/ou equipamentos tecnológicos.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/624/protocolo_208.2024_requerimento_parlamentar_100.2024_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/624/protocolo_208.2024_requerimento_parlamentar_100.2024_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja enviado ao Excelentíssimo Chefe do Poder Executivo, Sr. Emerson Panta a implantação de cursos profissionalizantes nas unidades educacionais do Município e/ou em parceria com os núcleos profissionais, escolas privadas, ONG´s, visando melhor qualificação profissionalizantes de nossos adolescentes, jovens e famílias.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/631/protocolo_209.2024_requerimento_parlamentar_101.2024_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/631/protocolo_209.2024_requerimento_parlamentar_101.2024_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja enviado ao Excelentíssimo Chefe do Poder Executivo, Sr. Emerson Panta a realização de um planejamento visando a conclusão da reforma das quadras localizadas nas escolas Antônio Pereira de almeida (Marcos Moura) e Antônio Ferreira Nunes (Popular)</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/632/protocolo_210.2024_requerimento_parlamentar_102.2024_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/632/protocolo_210.2024_requerimento_parlamentar_102.2024_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja enviado ao Excelentíssimo Chefe do Poder Executivo, Sr. Emerson Panta em conjunto com a secretaria de Infraestrutura Municipal realize um estudo visando a implementação de uma malha asfáltica, na avenida Guarabira, Bairro Tibiri, neste Município.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/633/protocolo_211.2024_requerimento_parlamentar_103.2024_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/633/protocolo_211.2024_requerimento_parlamentar_103.2024_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja enviado ao Excelentíssimo Chefe do Poder Executivo, Sr. Emerson Panta a realização de um planejamento/estudo visando a construção de uma escola de ensino fundamental I, no Bairro Santa Cruz, neste Município.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/667/protocolo_212.2024_requerimento_parlamentar_104.2024_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/667/protocolo_212.2024_requerimento_parlamentar_104.2024_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja enviado ao Excelentíssimo Chefe do Poder Executivo, Sr. Emerson Panta a realização de um planejamento/estudo visando o calçamento da rua que dá acesso a comunidade da Utinga, visando uma melhor qualidade de vida para os moradores, estudantes e comerciantes.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/668/protocolo_213.2024_requerimento_parlamentar_105.2024_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/668/protocolo_213.2024_requerimento_parlamentar_105.2024_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja enviado ao Excelentíssimo Chefe do Poder Executivo, Sr. Emerson Panta que determine a secretaria de educação, a realização de reparos na fossa (exalando fedentina ao lado do refeitório), teto (sem lona de proteção), área de lazer (inexistente) da escola Cândida Sá, no Distrito de Pitombeira, neste Município.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>Marinaldo</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/615/protocolo_225.2024_requerimento_parlamentar_107.2024_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/615/protocolo_225.2024_requerimento_parlamentar_107.2024_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>O vereador que o presente subscreve, no exercício de suas atividades parlamentares, consoante lhe faculta o Regime Interno da Câmara Municipal, vem, após aprovação do plenário desta casa, requerer do prefeito Constitucional, Sr. Emerson Panta, a contratação de uma empresa especializada para promover o concurso público da Guarda Municipal de Santa Rita PB</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/614/protocolo_226.2024_requerimento_parlamentar_108.2024_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/614/protocolo_226.2024_requerimento_parlamentar_108.2024_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>O vereador que o presente subscreve, no exercício de suas atividades parlamentares, consoante lhe faculta o Regime Interno da Câmara Municipal, vem, após aprovação do plenário desta casa, requerer do prefeito Constitucional, Sr. Emerson Panta, o calçamento das ruas no Distrito de Livramento.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/613/protocolo_224.2024_requerimento_parlamentar_109.2024_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/613/protocolo_224.2024_requerimento_parlamentar_109.2024_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>O vereador que o presente subscreve, no exercício de suas atividades parlamentares, consoante lhe faculta o Regime Interno da Câmara Municipal, vem, após aprovação do plenário desta casa, requerer do prefeito Constitucional, Sr. Emerson Panta, o calçamento das ruas do Distrito de Forte Velho.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/618/protocolo_235.2024_requerimento_parlamentar_110.2024_ver._farias.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/618/protocolo_235.2024_requerimento_parlamentar_110.2024_ver._farias.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental após ouvido em plenário que seja enviado um veemente apelo ao Excelentíssimo Chefe do Poder Executivo Sr. Emerson Panta, que determine a Secretaria competente, que o mesmo faça um estudo para a Criação de uma área para que os prprietários de paredões possam ter um espaço para os mesmos, na cidade de Santa Rita PB (paredódromo).</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/634/protocolo_245.2024_requerimento_parlamentar_111.2024_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/634/protocolo_245.2024_requerimento_parlamentar_111.2024_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja encaminhado ao Excelentíssimo Prefeito Sr. Emerson Panta, para que determine ao Secretário de Obra e Serviço Público a pavimentação em asfalto da Rua São Pedro no Bairro popular neste Município.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/649/protocolo_246.2024_requerimento_parlamentar_112.2024_ver._pastor_paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/649/protocolo_246.2024_requerimento_parlamentar_112.2024_ver._pastor_paulo_cesar.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, APÓS OUVIR EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMOCHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, PARA QUE VENHA INCLUIR NAS OBRAS DE SUA ADMINISTRAÇÃO A CONSTRUÇÃO DO CALÇAMENTO DA RUA MAESTRO PEDRO DOS SANTOS, NO LOTEAMENTO JD EUROPA I.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/650/protocolo_247.2024_requerimento_parlamentar_113.2024_ver._pastor_paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/650/protocolo_247.2024_requerimento_parlamentar_113.2024_ver._pastor_paulo_cesar.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, APÓS OUVIR EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, PARA QUE VENHA INCLUIR NAS OBRAS DE SUA ADMINISTRAÇÃO A CONSTRUÇÃO DO CALÇAMENTO DA RUA NICODEMOS LOPES, NO CONJUNTO NOVA TRINDADE EM MARCOS MOURA.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/651/protocolo_248.2024_requerimento_parlamentar_114.2024_ver._pastor_paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/651/protocolo_248.2024_requerimento_parlamentar_114.2024_ver._pastor_paulo_cesar.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, APÓS OUVIR EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMOCHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, PARA QUE VENHA INCLUIR NAS OBRAS DE SUA ADMINISTRAÇÃO O CALÇADÃO DO LOTEAMENTO SANTO AMARO COM CICLOVIA PARA PEDESTRES E CICLISTAS.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/663/protocolo_249.2024_requerimento_parlamentar_115.2024_ver._pastor_paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/663/protocolo_249.2024_requerimento_parlamentar_115.2024_ver._pastor_paulo_cesar.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, APÓS OUVIR EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, PARA QUE VENHA INCLUIR NAS OBRAS DE SUA ADMINISTRAÇÃO A CONSTRUÇÃO DE ESCOLAS MUNICIPAIS, EM BENEFÍCIO DOS MORADORES DOS LOTEAMENTOS SANTO AMARO, LUAR DE SANTA RITA, NOVO HORIZONTE, SHALON, BOSQUE BELO HORIZONTE E ADJACÊNCIAS, QUE FAZEM PARTE DO DISTRITO DE VÁRZEA NOVA.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/662/protocolo_250.2024_requerimento_parlamentar_116.2024_ver._pastor_paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/662/protocolo_250.2024_requerimento_parlamentar_116.2024_ver._pastor_paulo_cesar.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, APÓS OUVIR EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, PARA QUE VENHA INCLUIR NAS OBRAS DE SUA ADMINISTRAÇÃO A CONSTRUÇÃO DE CRECHES EM BENEFÍCIO DOS MORADORES DOS LOTEAMENTOS SANTO AMARO, LUAR DE SANTA RITA, NOVO HORIZONTE, SHALON, BOSQUE BELO HORIZONTE E ADJACÊNCIA, QUE FAZEM PARTE DO DISTRITO DE VÁRZEA NOVA</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/648/protocolo_252.2024_requerimento_parlamentar_118.2024_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/648/protocolo_252.2024_requerimento_parlamentar_118.2024_ver._naedson.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE O EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, ATRAVÉS DA SECRETARIA DE INFRAESTRUTURA, EXECUTE O RECAPEAMENTO ASFÁLTICO DAS RUAS DO SOL E ALEGRIA EM VÁRZEA NOVA.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/656/protocolo_253.2024_requerimento_parlamentar_119.2024_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/656/protocolo_253.2024_requerimento_parlamentar_119.2024_ver._naedson.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE O EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, ATRAVÉS DA SECRETARIA DE ESPORTE, TURISMO, CULTURA E LAZER E SECRETARIA DE MOBILIDADE URBANA (SEMOB), EXECUTE UM ECOPEDAL COM PERCURSO DE 30KM EM VOLTA DA CIDADE COM FINALIZAÇÃO DE UM COOFEBREAK PARA TODOS OS CICLISTAS</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/657/protocolo_255.2024_requerimento_parlamentar_120.2024_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/657/protocolo_255.2024_requerimento_parlamentar_120.2024_ver._naedson.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE O EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, ATRAVÉS DA SECRETARIA DE ASSISTÊNCIA SOCIAL, REALIZE A IMPLANTAÇÃO DE UM RESTAURANTE POPULAR NO BAIRRO DE MARCOS MOURA</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/658/protocolo_256.2024_requerimento_parlamentar_121.2024_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/658/protocolo_256.2024_requerimento_parlamentar_121.2024_ver._naedson.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE O EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, ATRAVÉS DA SECRETARIA DE EDUCAÇÃO, DETERMINA A OFERTA DOS SERVIÇOS DE PSICOLOGIA EDUCACIONAL E SERVIÇO SOCIAL NAS ESCOLAS DA REDE PÚBLICA, CONSIDERANDO A APROVAÇÃO DA LEI FEDERAL N° 13.935/2019.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/696/protocolo_257.2024_requerimento_parlamentar_122.2024_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/696/protocolo_257.2024_requerimento_parlamentar_122.2024_ver._naedson.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE O EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, ATRAVÉS DA SECRETARIA DE ESPORTE E CULTURA, REALIZE TORNEIOS TRIMESTRAIS DE X1 E X2 NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/697/protocolo_258.2024_requerimento_parlamentar_123.2024_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/697/protocolo_258.2024_requerimento_parlamentar_123.2024_ver._naedson.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE O EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, ATRAVÉS DA SECRETARIA DE ESPORTE E CULTURA, REALIZE A IMPLANTAÇÃO DE VESTIÁRIOS NO GINÁSIO DE LEROLÂNDIA.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/752/protocolo_260.2024_requerimento_parlamentar_124.2024_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/752/protocolo_260.2024_requerimento_parlamentar_124.2024_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE O EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, ENCAMINHE AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO ESTADUAL, SR. JOÃO AZEVEDO LINS FILHO, SOLICITAÇÃO PARA IMPLANTAÇÃO DE UMA UNIDADE DO CORPO DE BOMBEIROS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/753/protocolo_261.2024_requerimento_parlamentar_125.2024_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/753/protocolo_261.2024_requerimento_parlamentar_125.2024_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO PARA O EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, PARA QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO PADRONIZAÇÃO DAS CALÇADAS DAS PRINCIPAIS AVENIDAS DO BAIRRO DE TIBIRI, BUSCANDO TRAZER MAIS SEGURANÇA PARA A POPULAÇÃO, EM ESPECIAL AOS QUE POSSUEM DEFICIÊNCIAS NÃO CONSEGUEM TRAFEGAR PELAS CALÇADAS IRREGULARES.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/655/protocolo_268.2024_requerimento_parlamentar_126.2024_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/655/protocolo_268.2024_requerimento_parlamentar_126.2024_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO QUE SEJA SOLICITADO AO SR. VITAL JOSÉ PESSOA MADRUGA FILHO SECRETÁRIO DE MEIO AMBIENTE DE SANTA RITA, QUE SEJA REALIZADA A URBANIZAÇÃO DAS ÁREAS VERDES LOCALIZADAS NO ALTO DA COSIBRA "JARDINS" SITUADOS NESSE MUNICÍPIO.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/654/protocolo_269.2024_requerimento_parlamentar_127.2024_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/654/protocolo_269.2024_requerimento_parlamentar_127.2024_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO QUE SEJA SOLICITADO AO SR. VITAL JOSÉ PESSOA MADRUGA FILHO SECRETÁRIO DE MEIO AMBIENTE DE SANTA RITA, QUE SEJA REALIZADA A URBANIZAÇÃO DAS ÁREAS VERDES LOCALIZADAS NO LOTEAMENTO JARDIN EUROPA 2, SITUADO NESSE MUNICÍPIO.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/673/protocolo_275.2024_requerimento_parlamentar_128.2024_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/673/protocolo_275.2024_requerimento_parlamentar_128.2024_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, APÓS OUVIR EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMOCHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, PARA QUE VENHA INCLUIR NAS OBRAS DE SUA ADMINISTRAÇÃO A PAVIMENTAÇÃO ASFÁLTICA NA RUA HORÁCIO DE MENDONÇA FURTADO NO CENTRO DE SANTA RITA</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/664/protocolo_282.2024_requerimento_parlamentar_129.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/664/protocolo_282.2024_requerimento_parlamentar_129.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE O PREFEITO SR. EMERSON ALVINO PANTA, QUE POSSA JUNTO A SECRETARIA DE INFRAESTRUTURA EFETUAR A PAVIMENTAÇÃO EM PARALELEPÍPEDOS, À RUA VICENTE REGIS DO NASCIMENTO LOCALIZADA NO LOT. SOL NASCENTE, TIBIRI II NESTA CIDADE.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/665/protocolo_281.2024_requerimento_parlamentar_130.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/665/protocolo_281.2024_requerimento_parlamentar_130.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA MARCADA PELA MESA DIRETORA DESTA CASA, O QUANTO ANTES, UMA SESSÃO ESPECIAL PARA DISCUTIR O DIREITO A CIDADE E A POLÍTICA URBANA DA CIDADE DE SANTA RITA.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/666/protocolo_280.2024_requerimento_parlamentar_131.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/666/protocolo_280.2024_requerimento_parlamentar_131.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE O PREFEITO SR. EMERSON ALVINO PANTA, QUE POSSA JUNTO A SECRETARIA DE INFRAESTRUTURA EFETUAR A REFORMA DA PRAÇA GABRIEL BELÍSIO CAVALCANTI, LOCALIZADA NO CONJUNTO TIBIRI I, ALTO DAS POPULARES NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/669/protocolo_285.2024_requerimento_parlamentar_132.2024_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/669/protocolo_285.2024_requerimento_parlamentar_132.2024_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO SR, PREFEITO EMERSON ALVINO PANTA QUE DETERMINE A SECRETARIA DE INFRAESTRUTURA A COMPLEMENTAÇÃO DA PAVIMENTAÇÃO ASFÁLTICA NO DISTRITO DE BEBELÂNDIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/694/protocolo_286.2024_requerimento_parlamentar_133.2024_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/694/protocolo_286.2024_requerimento_parlamentar_133.2024_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO SR, PREFEITO EMERSON ALVINO PANTA QUE DETERMINE A SECRETARIA DE INFRAESTRUTURA DE SANTA RITA, A FIM DE QUE ADOTEM MEDIDAS NECESSÁRIAS VISANDO O CALÇAMENTO DAS RUAS CONDESSA DE BARRAU, ODILON RIBEIRO COUTINHO, NO DISTRITO DE LIVRAMENTO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/695/protocolo_287.2024_requerimento_parlamentar_134.2024_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/695/protocolo_287.2024_requerimento_parlamentar_134.2024_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO SR. PREFEITO EMERSON ALVINO PANTA, QUE DETERMINE A SECRETARIA DE EDUCAÇÃO, A REALIZAÇÃO DE REPAROS NO FÔRRO, VIDRAÇARIAS DAS JANELAS, CAIXA D´ÁGUA, CONSTRUÇÃO DE UM MURO DE PROTEÇÃO NA ESCOLA JOÃO SUASSUNA, NO DISTRITO DA UTINGA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/692/protocolo_290.2024_requerimento_parlamentar_135.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/692/protocolo_290.2024_requerimento_parlamentar_135.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE O PREFEITO SR. EMERSON ALVINO PANTA, QUE POSSA JUNTO A SECRETARIA DE INFRAESTRUTURA EFETUAR A PAVIMENTAÇÃO EM PARALELEPÍPEDOS, À RUA ASCENDINO MONTEIRO DA SILVA, PRÓXIMO A CASA DOS PADRES, E A VIA NOVA EM TIBIRI II, NESTA CIDADE.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/693/protocolo_291.2024_requerimento_parlamentar_136.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/693/protocolo_291.2024_requerimento_parlamentar_136.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA CONSIGNADO NA ATA DOS TRABALHOS DESTA CASA LEGISLATIVA, VOTOS DE APLAUSOS PARA A TRIBO INDÍGENA TUPI GUANABARA POR TER CONQUISTADO O TERCEIRO LUGAR NO GRUPO B DO CARNAVAL TRADIÇÃO 2024.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/683/protocolo_307.2024_requerimento_parlamentar_137.2024_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/683/protocolo_307.2024_requerimento_parlamentar_137.2024_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE SUBSCREVE, NO EXERCÍCIO DE SUAS ATIVIDADES PARLAMENTARES, CONSOANTE LHE FACULTA O REGIME INTERNO DA CÂMARA MUNICIPAL, VEM, APÓS APROVAÇÃO DO PLENÁRIO DESTA CASA, REQUERER DO PREFEITO SR. EMERSON ALVINO PANTA, A PAVIMENTAÇÃO ASFÁLTICA NA RUA CORONEL AURELIANO, NO BAIRRO DO AÇUDE NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/680/protocolo_308.2024_requerimento_parlamentar_138.2024_ver._marcio_justino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/680/protocolo_308.2024_requerimento_parlamentar_138.2024_ver._marcio_justino.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, APÓS OUVIR EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, PARA QUE VENHA INCLUIR NAS OBRAS DE SUA ADMINISTRAÇÃO, A REFORMA DA QUADRA POLIESPORTIVA DA ESCOLA MUNICIPAL ÍNDIO PIRAGIBE, NO BAIRRO POPULAR NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/681/protocolo_309.2024_requerimento_parlamentar_139.2024_ver._marcio_justino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/681/protocolo_309.2024_requerimento_parlamentar_139.2024_ver._marcio_justino.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, APÓS OUVIR EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, PARA QUE VENHA INCLUIR NAS OBRAS DE SUA ADMINISTRAÇÃO, A PAVIMENTAÇÃO DAS RUAS FRANCISCO GEORGE DA SILVA E JOSÉ VALDEVINO FERREIRA, AMBAS LOCALIZADAS NO BAIRRO ANDRÉ VIDAL DE NEGREIROS, NESTA CIDADE.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/682/protocolo_310.2024_requerimento_parlamentar_140.2024_ver._marcio_justino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/682/protocolo_310.2024_requerimento_parlamentar_140.2024_ver._marcio_justino.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, APÓS OUVIR EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, PARA QUE VENHA INCLUIR NAS OBRAS DE SUA ADMINISTRAÇÃO, A CONCLUSÃO DA PAVIMENTAÇÃO E MALHA ASFÁLTICA DA RUA PRIMEIRO DE MAIO, NO BAIRRO POPULAR NESTA CIDADE.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>Boquinha</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, QUE INCLUA NAS OBRAS DE SUA GESTÃO, A PAVIMENTAÇÃO ASFÁLTICA DAS RUAS MONTE CASTELO, CAMPOS SALES, BELA VISTA, RIO BRANCO, NILO PEÇANHA, DOM ADAUTO, MONTE ALEGRE E DR. PEDROSA. LOCALIZADO NO BAIRRO POPULAR NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/684/protocolo_315.2024_requerimento_parlamentar_142.2024_ver._anesio_miranda.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/684/protocolo_315.2024_requerimento_parlamentar_142.2024_ver._anesio_miranda.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA SOLICITADO AO EXCELENTÍSSIMO SR. PREFEITO EMERSON ALVINO PANTA E AO EXCELENTÍSSIMO SR. GOVERNADOR JOÃO AZEVÊDO, QUE SEJA REALIZADA EM CONJUNTO O ESTUDO PARA A CRIAÇÃO E COMPRA DE UM TERRENO PARA O NOVO DISTRITO INDUSTRIAL DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/759/protocolo_325.2024_requerimento_parlamentar_143.2024_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/759/protocolo_325.2024_requerimento_parlamentar_143.2024_ver._naedson.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE O SR. EMERSON ALVINO PANTA ATRAVÉS DA SECRETARIA DE INFRAESTRUTURA, EXECUTE A PAVIMENTAÇÃO ASFÁLTICA DA RUA PEDRO LINS DE ALBUQUERQUE NO BAIRRO JARDIM EUROPA 1, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/701/protocolo_334.2024_requerimento_parlamentar_149.2024_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/701/protocolo_334.2024_requerimento_parlamentar_149.2024_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, QUE INCLUA NAS OBRAS DE SUA GESTÃO A PAVIMENTAÇÃO DA RUA SEVERINO INÁCIO DE OLIVEIRA, LOCALIZADA NO LOTEAMENTO JARDIM MIRITÂNIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/710/protocolo_347.2024_requerimento_parlamentar_150.2024_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/710/protocolo_347.2024_requerimento_parlamentar_150.2024_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE SUBSCREVE, COM ANSEIO NESTA CASA LEGISLATIVA, VEM SOLICITAR A VOSSA EXCELÊNCIA, A INCLUSÃO DO PRESENTE REQUERIMENTO PARA APRECIAÇÃO E VOTAÇÃO DO PLENÁRIO, E SE APROVADO SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, PARA QUE DETERMINE AO SECRETÁRIO DE OBRA E SERVIÇO A PAVIMENTAÇÃO EM CALÇAMENTO DA RUA JOÃO DA PENHA DOS SANTOS NO BAIRRO DE TIBIRI 2 NESTA CIDADE.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/707/protocolo_382.2024_requerimento_parlamentar_151.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/707/protocolo_382.2024_requerimento_parlamentar_151.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, APÓS OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. DR. EMERSON ALVINO PANTA, PARA QUE VENHA INCLUIR NAS OBRAS DE SUA GESTÃO O CALÇAMENTO DA RUA PROJETADA QUADRA D LOTEAMENTO LUAR DE SANTA RITA NESTA CIDADE</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/708/protocolo_383.2024_requerimento_parlamentar_152.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/708/protocolo_383.2024_requerimento_parlamentar_152.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, APÓS OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. DR. EMERSON ALVINO PANTA, PARA QUE VENHA INCLUIR NAS OBRAS DE SUA GESTÃO O CALÇAMENTO DA RUA PROJETADA QUADRA C LOTEAMENTO LUAR DE SANTA RITA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/709/protocolo_384.2024_requerimento_parlamentar_153.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/709/protocolo_384.2024_requerimento_parlamentar_153.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, APÓS OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. DR. EMERSON ALVINO PANTA, PARA QUE VENHA INCLUIR NAS OBRAS DE SUA GESTÃO O CALÇAMENTO DA RUA PROJETADA QUADRA B LOTEAMENTO LUAR DE SANTA RITA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/749/protocolo_385.2024_requerimento_parlamentar_154.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/749/protocolo_385.2024_requerimento_parlamentar_154.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, APÓS OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. DR. EMERSON ALVINO PANTA, PARA QUE VENHA INCLUIR NAS OBRAS DE SUA GESTÃO O CALÇAMENTO DA RUA PROJETADA QUADRA A, LOTEAMENTO LUAR DE SANTA RITA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/702/protocolo_404.2024_requerimento_parlamentar_155.2024_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/702/protocolo_404.2024_requerimento_parlamentar_155.2024_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>REQUER DE FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, QUE DETERMINE A SECRETARIA RESPONSÁVEL, QUE REALIZE A LIMPEZA E ARBORIZAÇÃO DA RUA RODRIGO SANTIAGO DE BRITO PEREIRA, NO BAIRRO HEITEL SANTIAGO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/703/protocolo_405.2024_requerimento_parlamentar_156.2024_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/703/protocolo_405.2024_requerimento_parlamentar_156.2024_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>REQUER DE FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, QUE DETERMINE A REVITALIZAÇÃO, INSTALAÇÃO DE EQUIPAMENTOS DE LAZER/ATIVIDADES FÍSICAS, ILUMINAÇÃO NA PRAÇA DO BAIRRO HEITEL SANTIAGO, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/754/protocolo_424.2024_requerimento_parlamentar_157.2024_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/754/protocolo_424.2024_requerimento_parlamentar_157.2024_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>REQUER, NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DE PODER EXECUTIVO, SR. EMERSON ALVINO PANTA, PARA QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO, A PAVIMENTAÇÃO DA RUA JORNALISTA FERNANDO RAMOS, EM TIBIRI.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/755/protocolo_427.2024_requerimento_parlamentar_158.2024_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/755/protocolo_427.2024_requerimento_parlamentar_158.2024_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE SUBSCREVE, COM ANSEIO NESTA CASA LEGISLATIVA, VEM SOLICITAR A VOSSA EXCELÊNCIA, A INCLUSÃO DO PRESENTE REQUERIMENTO PARA APRECIAÇÃO E VOTAÇÃO DO PLENÁRIO, E SE APROVADO SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA PARA QUE DETERMINE AO SECRETÁRIO DE OBRAS E SERVIÇOS PÚBLICOS A REVITALIZAÇÃO E PAVIMENTAÇÃO DA RUA EMÍLIO SOARES DA SILVA, NO BAIRRO POPULAR EM SANTA RITA PB</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/756/protocolo_428.2024_requerimento_parlamentar_159.2024_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/756/protocolo_428.2024_requerimento_parlamentar_159.2024_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE SUBSCREVE, COM ANSEIO NESTA CASA LEGISLATIVA, VEM SOLICITAR A VOSSA EXCELÊNCIA, A INCLUSÃO DO PRESENTE REQUERIMENTO PARA APRECIAÇÃO E VOTAÇÃO DO PLENÁRIO, E SE APROVADO SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA PARA QUE DETERMINE AO SECRETÁRIO DE OBRAS E SERVIÇOS PÚBLICOS A REFORMA E AMPLIAÇÃO DA PRAÇA ÍNDIO PIRAGIBE, LOCALIZADA NA RUA ENÉAS FLÁVIO SOARES DE MORAIS NO BAIRRO POPULAR NESTA CIDADE.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/757/protocolo_429.2024_requerimento_parlamentar_160.2024_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/757/protocolo_429.2024_requerimento_parlamentar_160.2024_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE SUBSCREVE, COM ANSEIO NESTA CASA LEGISLATIVA, VEM SOLICITAR A VOSSA EXCELÊNCIA, A INCLUSÃO DO PRESENTE REQUERIMENTO PARA APRECIAÇÃO E VOTAÇÃO DO PLENÁRIO, E SE APROVADO SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA PARA QUE DETERMINE AO SECRETÁRIO DE OBRAS E SERVIÇOS PÚBLICOS O CALÇAMENTO DA RUA HORIGENES ISABEL DE FARIAS, TIBIRI 2 BAIRRO SOL NASCENTE NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/780/protocolo_430.2024_requerimento_parlamentar_161.2024_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/780/protocolo_430.2024_requerimento_parlamentar_161.2024_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE SUBSCREVE, COM ANSEIO NESTA CASA LEGISLATIVA, VEM SOLICITAR A VOSSA EXCELÊNCIA, A INCLUSÃO DO PRESENTE REQUERIMENTO PARA APRECIAÇÃO E VOTAÇÃO DO PLENÁRIO, E SE APROVADO SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA PARA QUE DETERMINE AO SECRETÁRIO DE OBRAS E SERVIÇOS PÚBLICOS O SERVIÇO DE READEQUAÇÃO DAS CANELETAS QUE CRUZAM/CORTAM TODA EXTENSÃO DA RUA SÃO JOSÉ NO BAIRRO POPULAR NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/781/protocolo_431.2024_requerimento_parlamentar_162.2024_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/781/protocolo_431.2024_requerimento_parlamentar_162.2024_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE SUBSCREVE, COM ANSEIO NESTA CASA LEGISLATIVA, VEM SOLICITAR A VOSSA EXCELÊNCIA, A INCLUSÃO DO PRESENTE REQUERIMENTO PARA APRECIAÇÃO E VOTAÇÃO DO PLENÁRIO, E SE APROVADO SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA PARA QUE DETERMINE AO SECRETÁRIO DE OBRAS E SERVIÇOS PÚBLICOS A PAVIMENTAÇÃO EM CALÇAMENTO DA RUA VICENTE LAURENTINO DOS SANTOS BAIRRO POPULAR NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/745/protocolo_432.2024_requerimento_parlamentar_163.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/745/protocolo_432.2024_requerimento_parlamentar_163.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE O PREFEITO SR. EMERSON ALVINO PANTA, DETERMINE A SECRETARIA DE ADMINISTRAÇÃO PARA PROVIDENCIAR O AUMENTO NA FROTA DOS ÔNIBUS QUE FAZEM O TRANSPORTE DOS ESTUDANTES UNIVERSITÁRIOS DE SANTA RITA À JOÃO PESSOA.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/744/protocolo_435.2024_requerimento_parlamentar_164.2024_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/744/protocolo_435.2024_requerimento_parlamentar_164.2024_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, QUE INCLUA NAS OBRAS DE SUA GESTÃO, A PAVIMENTAÇÃO EM CALÇAMENTO DA RUA VEREADOR MAILTON WELINTON LOCALIZADO NO BAIRRO MARCOS MOURA (NOVA TRINDADE) EM FRENTE A ESCOLA ESTADUAL WELINTON SANTANA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/711/protocolo_443.2024_requerimento_parlamentar_167.2024_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/711/protocolo_443.2024_requerimento_parlamentar_167.2024_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE O PRESENTE SUBSCREVE, NO EXERCÍCIO DE SUAS ATIVIDADES PARLAMENTARES, CONSOANTE LHE FACULTA O REGIME INTERNO DA CÂMARA MUNICIPAL, SUGERE, PARA QUE CONSTE NOS ANAIS DESTA CASA LEGISLATIVA, APRESENTAR UM VOTO DE APLAUSOS AO ADVOGADO MATHEUS BRITO.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/714/protocolo_452.2024_requerimento_parlamentar_168.2024_ver._paulinho_fernandes_e_jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/714/protocolo_452.2024_requerimento_parlamentar_168.2024_ver._paulinho_fernandes_e_jackson_alvino.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL QUE ENCAMIHEM AO EXCELENTÍSSIMO SR. PREFEITO EMERSON ALVINO PANTA, SOLICITAÇÃO DE ESTE PODER LEGISLATIVO, PARA A CONSTRUÇÃO DA BASE OPERACIONAL DO SAMU - SANTA RITA, NAS IMEDIAÇÕES DO ANTIGO TÊNIS CLUB DE SANTA RITA.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/713/protocolo_453.2024_requerimento_parlamentar_169.2024_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/713/protocolo_453.2024_requerimento_parlamentar_169.2024_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE SUBSCREVE, COM ANSEIO NESTA CASA LEGISLATIVA, VEM SOLICITAR A VOSSA EXCELÊNCIA, A INCLUSÃO DO PRESENTE REQUERIMENTO PARA APRECIAÇÃO E VOTAÇÃO DO PLENÁRIO, E SE APROVADO SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA PARA QUE DETERMINE AO SECRETÁRIO DE OBRAS E SERVIÇOS PÚBLICOS A PAVIMENTAÇÃO EM CALÇAMENTO DA RUA FRANCISCO GUIMARÃES, NO BAIRRO JD PLANALTO, MAIS CONHECIDO COMO (SOBRADO) NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/712/protocolo_454.2024_requerimento_parlamentar_170.2024_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/712/protocolo_454.2024_requerimento_parlamentar_170.2024_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE SUBSCREVE, COM ANSEIO NESTA CASA LEGISLATIVA, VEM SOLICITAR A VOSSA EXCELÊNCIA, A INCLUSÃO DO PRESENTE REQUERIMENTO PARA APRECIAÇÃO E VOTAÇÃO DO PLENÁRIO, E SE APROVADO SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA PARA QUE DETERMINE AO SECRETÁRIO DE OBRAS E SERVIÇOS PÚBLICOS, A PAVIMENTAÇÃO EM CALÇAMENTO DA RUA HUGO MOURA, NO LOT. FERNANDA SANTIAGO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/715/protocolo_458.2024_requerimento_parlamentar_171.2024_ver._boquinha.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/715/protocolo_458.2024_requerimento_parlamentar_171.2024_ver._boquinha.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO SR. PREFEITO EMERSON ALVINO PANTA QUE ENCAMINHE AO SETOR COMPETENTE DA VOSSA ADMINISTRAÇÃO PARA QUE SEJA REALIZADO UM ESTUDO A FIM DE DEMOLIR A ESCADARIA QUE FICA NA RUA 1° DE MAIO, PARA QUE FAÇA A PAVIMENTAÇÃO ASFÁLTICA, QUE IRÁ INTERLIGAR A 1° DE MAIO NO BAIRRO SANTA CRUZ À RUA FLAVIANO RIBEIRO COUTINHO BAIRRO POPULAR NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/750/protocolo_462.2024_requerimento_parlamentar_172.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/750/protocolo_462.2024_requerimento_parlamentar_172.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, APÓS OUVIR EM PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SENHOR DR. EMERSON ALVINO PANTA, PARA QUE VENHA INCLUIR NAS OBRAS DE SUA ADMINISTRAÇÃO O CALÇAMENTO DA RUA SEBASTIÃO FERREIRA DOS SANTOS, LOCALIZADO NO BAIRRO MARCOS MOURA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/751/protocolo_463.2024_requerimento_parlamentar_173.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/751/protocolo_463.2024_requerimento_parlamentar_173.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, APÓS OUVIR EM PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SENHOR DR. EMERSON ALVINO PANTA, PARA QUE VENHA INCLUIR NAS OBRAS DE SUA ADMINISTRAÇÃO O CALÇAMENTO DA RUA ALEXANDRE FLEMING, LOCALIZADO NO BAIRRO DE MARCOS MOURA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/746/protocolo_464.2024_requerimento_parlamentar_174.2024_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/746/protocolo_464.2024_requerimento_parlamentar_174.2024_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS DE FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA QUE DETERMINE A SECRETARIA RESPONSÁVEL, A FISCALIZAÇÃO E INSTALAÇÃO DE RAMPAS ELEVATÓRIAS PARA CADEIRANTES QUE UTILIZAM OS ÔNIBUS MUNICIPAIS E INTERMUNICIPAIS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/747/protocolo_465.2024_requerimento_parlamentar_175.2024_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/747/protocolo_465.2024_requerimento_parlamentar_175.2024_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS DE FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA QUE DETERMINE A SECRETARIA DE EDUCAÇÃO E OU SECRETARIA COMPETENTE UM PLANEJAMENTO VISANDO A CONCLUSÃO DA REFORMA DO GINÁSIO POLIESPORTIVO DA ESCOLA CÍVICO-MILITAR, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/748/protocolo_473.2024_requerimento_parlamentar_179.2024_ver._irmao_josivaldo_1.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/748/protocolo_473.2024_requerimento_parlamentar_179.2024_ver._irmao_josivaldo_1.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS DE FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA QUE DETERMINE A SECRETARIA DE SAÚDE EM CONJUNTO COM A SECRETARIA DE INFRAESTRUTURA MUNICIPAL, REALIZAR UM ESTUDO VISANDO A CONSTRUÇÃO DE UMA UBS NO BAIRRO NOVO JARDIM PLANALTO (BAIRRO 13), NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/743/protocolo_483.2024_requerimento_parlamentar_180.2024_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/743/protocolo_483.2024_requerimento_parlamentar_180.2024_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental, depois de ouvido o soberano  plenário, que seja realizada uma Sessão Especial em alusão ao Dia Mundial de Conscientização do Autismo a ser realizada no dia 01 de Abril deste corrente ano.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>Francisco Queiroga</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/721/protocolo_494.2024_requerimento_parlamentar_181.2024_ver._queiroga.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/721/protocolo_494.2024_requerimento_parlamentar_181.2024_ver._queiroga.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL APÓS OUVIDO EM PLENÁRIO, QUE SEJA ENVIADO OFÍCIO AO COMANDANTE DO 7° BATALHÃO DA POLÍCIA MILITAR EM SANTA RITA PB, TENENTE CORONEL JOSINALDO DA CUNHA LIMA, SOLICITANDO ATENÇÃO ESPECIAL PARA INTENSIFICAR AÇÕES DE SEGURANÇA POR MEIO DE POLICIAMENTO E/OU RONDAS, OSTENSIVAS E PREVENTIVAS NA ZONA RURAL DESTE MUNICÍPIO, EM ESPECIAL O BAIRRO DE ODILÂNDIA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/763/protocolo_530.2024_requerimento_parlamentar_182.2024_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/763/protocolo_530.2024_requerimento_parlamentar_182.2024_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO O SR. EMERSON ALVINO PANTA, QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO A PAVIMENTAÇÃO DA RUA ARIOSVALDO BATISTA DO CARMO, LOCALIZADO NO BAIRRO JARDINS NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/764/protocolo_531.2024_requerimento_parlamentar_183.2024_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/764/protocolo_531.2024_requerimento_parlamentar_183.2024_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO O SR. EMERSON ALVINO PANTA, QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO A PAVIMENTAÇÃO DA RUA MANOEL FRANCISCO TITO, LOCALIZADO NO JARDIM PLANALTO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/767/protocolo_549.2024_requerimento_parlamentar_184.2024_ver._marinaldo_silva.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/767/protocolo_549.2024_requerimento_parlamentar_184.2024_ver._marinaldo_silva.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE O PRESENTE SUBSCREVE, NO EXERCÍCIO DE SUAS ATIVIDADES PARLAMENTARES, CONSOANTE LHE FACULTA O REGIME INTERNO DA CÂMARA MUNICIPAL, VEM, APÓS APROVAÇÃO DO PLENÁRIO DESTA CASA, REQUERER DO PREFEITO CONSTITUCIONAL, SR. EMERSON ALVINO PANTA, O CALÇAMENTO DA RUA PETRÔNIO ALVES DE NILO, TIBIRI, SANTA RITA-PB.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/769/protocolo_550.2024_requerimento_parlamentar_185.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/769/protocolo_550.2024_requerimento_parlamentar_185.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, DEPOIS DE OUVIDO O PLENÁRIO, QUE SEJA CONSIGNADO NA ATA DOS TRABALHOS VOTO DE APLAUSO PARA O DR. DIEGO CABRAL MIRANDA, JOVEM ADVOGADO DESTA CIDADE E DIRETOR GERAL DA ESA (ESCOLA SUPERIOR DA ADVOCACIA), QUE VEM CONTRIBUINDO COM O SEU CONHECIMENTO NA FORMAÇÃO DE INÚMEROS ADVOGADOS E ADVOGADAS NA PARAÍBA. QUE A DECISÃO DESSE PLENÁRIO SEJA COMUNICADA AO PRESIDENTE DA OAB-PB E AO DR. DIEGO CABRAL MIRANDA.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/765/protocolo_552.2024_requerimento_parlamentar_186.2024_ver._boquinha.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/765/protocolo_552.2024_requerimento_parlamentar_186.2024_ver._boquinha.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, QUE INCLUA NAS OBRAS DE SUA GESTÃO, A CONSTRUÇÃO DE QUIOSQUES DE LANCHONETES NA PRAÇA DO POVO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/782/protocolo_560.2024_requerimento_parlamentar_187.2024_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/782/protocolo_560.2024_requerimento_parlamentar_187.2024_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SENHOR EMERSON ALVINO PANTA QUE DETERMINE A SECRETARIA DE INFRAESTRUTURA MUNICIPAL QUE REALIZE UM ESTUDO VISANDO A CONSTRUÇÃO DE UMA PRAÇA NA RUA PADRE ROMA, EM TIBIRI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/783/protocolo_561.2024_requerimento_parlamentar_188.2024_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/783/protocolo_561.2024_requerimento_parlamentar_188.2024_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, QUE DETERMINE A SECRETARIA DE INFRAESTRUTURA MUNICIPAL QUE REALIZE A TERRAPLANAGEM E O CALÇAMENTO DAS RUAS JOSÉ JOAQUIM DE OLIVEIRA, SEVERINO TRANQUILINO, POLICARPO QUARESMA, VIRGINIA GAMA E MELO, MONSENHOR PIRES FERREIRA, TODAS NO BAIRRO DE TIBIRI NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/766/protocolo_562.2024_requerimento_parlamentar_189.2024_ver._boquinha.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/766/protocolo_562.2024_requerimento_parlamentar_189.2024_ver._boquinha.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA QUE INCLUA NAS OBRAS DE SUA GESTÃO, A INSTALAÇÃO DE 1 (UM) QUEBRA-MOLAS NA RUA CARLOS BORGES, VILA TIBIRI (TIBIRI FÁBRICA) NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/768/protocolo_571.2024_requerimento_parlamentar_190.2024_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/768/protocolo_571.2024_requerimento_parlamentar_190.2024_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE O PRESENTE SUBSCREVE, NO EXERCÍCIO DE SUAS ATIVIDADES PARLAMENTARES, CONSOANTE LHE FACULTA O REGIME INTERNO DA CÂMARA MUNICIPAL, VEM, APÓS APROVAÇÃO DO PLENÁRIO DESTA CASA, REQUERER DO PREFEITO CONSTITUCIONAL, SR. EMERSON ALVINO PANTA, A DISPONIBILIZAÇÃO DOS SERVIÇOS DE MÁQUINAS AGRÍCOLAS E IMPLEMENTOS PARA OS AGRICULTORES E AGRICULTORAS FAMILIARES DOS SÍTIOS UTINGA, ATERRO, LIVRAMENTO, RIBEIRA, FORTE VELHO E ADJACÊNCIAS, DO MUNICÍPIO DE SANTA RITA PB, CONFORME PLEITO APRESENTADO.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/770/protocolo_578.2024_requerimento_parlamentar_191.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/770/protocolo_578.2024_requerimento_parlamentar_191.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO,QUE O PREFEITO CONSTITUCIONAL DE NOSSA CIDADE, SR. EMERSON ALVINO PANTA, QUE POSSA JUNTO A SECRETARIA COMPETENTE, CONCLUIR A REFORMA DA QUADRA POLIESPORTIVA DA ESCOLA MUNICIPAL DR. ANTÔNIO PEREIRA DE ALMEIDA, NO BAIRRO DO MARCOS MOURA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/771/protocolo_579.2024_requerimento_parlamentar_192.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/771/protocolo_579.2024_requerimento_parlamentar_192.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE O PREFEITO CONSTITUCIONAL DE NOSSA CIDADE, O SR. EMERSON ALVINO PANTA, QUE POSSA JUNTO A SECRETARIA COMPETENTE, FAZER UMA LIMPEZA NA RUA PEREIRA DA SILVA, AO LADO DA ESCOLA MUNICIPAL DR. ANTÔNIO PEREIRA DE ALMEIDA E DA PARÓQUIA SANTO ANTÔNIO NO BAIRRO DO MARCOS MOURA, BEM COMO, CONSTRUIR A CALÇADA QUE COMPREENDE ESSA LOCALIDADE, SÓ ASSIM AQUELE ESPAÇO DEIXARA DE SER UM "DEPÓSITO" DE LIXO A CÉU ABERTO E AS PESSOAS PODERÃO CAMINHAR COM SEGURANÇA NAS CALÇADAS.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/772/protocolo_584.2024_requerimento_parlamentar_194.2024_ver._marcio_justino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/772/protocolo_584.2024_requerimento_parlamentar_194.2024_ver._marcio_justino.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, APÓS OUVIR ESTE PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, PARA QUE VENHA INCLUIR EM SEUS PROJETOS, OS ESTUDOS PARA CRIAÇÃO DA SECRETARIA DA JUVENTUDE DA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/773/protocolo_585.2024_requerimento_parlamentar_195.2024_ver._marcio_justino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/773/protocolo_585.2024_requerimento_parlamentar_195.2024_ver._marcio_justino.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, APÓS OUVIR ESTE PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, PARA QUE VENHA INCLUIR NAS OBRAS DE SUA ADMINISTRAÇÃO A MANUTENÇÃO E MELHORIAS NA ILUMINAÇÃO DO LOTEAMENTO PLANO DE VIDA LOCALIZADA NESTA CIDADE.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/774/protocolo_586.2024_requerimento_parlamentar_196.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/774/protocolo_586.2024_requerimento_parlamentar_196.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, APÓS OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA, PARA QUE VENHA A SER INCLUÍDO NAS OBRAS DE SUA ADMINISTRAÇÃO A REFORMA DO NÚCLEO DE QUALIFICAÇÃO DE MÃO DE OBRA, E RELOCAR AS FAMÍLIAS QUE ENCONTRAM-SE MORANDO NO PRÉDIO PARA UM ALUGUEL SOCIAL POR UM DETERMINADO PERÍODO E IMPLANTAR UM PROJETO DE CONSTRUÇÃO DE CASAS PARA QUE SEJAM DOADAS A ESTAS FAMÍLIAS, O PRÉDIO FICA LOCALIZADO EM FRENTE A PRAÇA DO FREI NA AVENIDA PATOS EM TIBIRI II NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/775/protocolo_587.2024_requerimento_parlamentar_197.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/775/protocolo_587.2024_requerimento_parlamentar_197.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, APÓS OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA, PARA QUE VENHA A SER INCLUÍDO NAS OBRAS DE SUA ADMINISTRAÇÃO A REFORMA DA PRAÇA DO FREI DAMIÃO LOCALIZADA NA AV. PATOS EM FRENTE A IGREJA UNIVERSAL VIZINHO AO PRÉDIO DA ANTIGA ESCOLA CNEC, NO BAIRRO DE TIBIRI II NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/776/protocolo_588.2024_requerimento_parlamentar_198.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/776/protocolo_588.2024_requerimento_parlamentar_198.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, APÓS OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA, PARA QUE VENHA A SER INCLUÍDO NAS OBRAS DE SUA ADMINISTRAÇÃO O 1° GINÁSIO NA CIDADE DE SANTA RITA, COM PISCINA ADULTO E INFANTIL, QUADRAS DE VÔLEI, BASQUETE, FUTSAL, HANDEBOL, PISTA DE COOPER, SALAS PARA PRÁTICA DE ESPORTES COMO BOX, ARTES MARCIAIS E DEMAIS MODALIDADES DE ESPORTES.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/784/protocolo_589.2024_requerimento_parlamentar_199.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/784/protocolo_589.2024_requerimento_parlamentar_199.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, APÓS OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA, PARA QUE VENHA A SER INCLUÍDO NAS OBRAS DE SUA ADMINISTRAÇÃO A INTALAÇÃO DE UM SEMÁFORO, NA RUA SÁ ANDRADE, N° 149 EM FRENTE A PRAÇA DE MARCOS MOURA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/785/protocolo_590.2024_requerimento_parlamentar_200.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/785/protocolo_590.2024_requerimento_parlamentar_200.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, APÓS OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA, PARA QUE VENHA A SER INCLUÍDO NAS OBRAS DE SUA ADMINISTRAÇÃO A CONSTRUÇÃO DAS PRIMEIRAS MORADIAS MUNICIPAL PARA AS SEIS FAMÍLIAS QUE ENCONTRAM-SE ALOJADAS NO PRÉDIO ONDE FUNCIONOU O ANTIGO NÚCLEO.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/786/protocolo_591.2024_requerimento_parlamentar_201.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/786/protocolo_591.2024_requerimento_parlamentar_201.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, APÓS OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA, PARA QUE VENHA A SER INCLUÍDO NAS OBRAS DE SUA ADMINISTRAÇÃO A REFORMA DA BIBLIOTECA MUNICIPAL DE TIBIRI 3, LOCALIZADA NA RUA MONTADAS, CASA DE ESQUINA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/807/protocolo_592.2024_requerimento_parlamentar_202.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/807/protocolo_592.2024_requerimento_parlamentar_202.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, APÓS OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA, PARA QUE VENHA A SER INCLUÍDO NAS OBRAS DE SUA ADMINISTRAÇÃO A CONSTRUÇÃO DE CRECHES EM BENEFÍCIO DOS MORADORES DO LOTEAMENTO PLANO DE VIDA.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/808/protocolo_593.2024_requerimento_parlamentar_203.2024_ver._paulo_cesar_1.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/808/protocolo_593.2024_requerimento_parlamentar_203.2024_ver._paulo_cesar_1.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, APÓS OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA, PARA QUE VENHA A SER INCLUÍDO NAS OBRAS DE SUA ADMINISTRAÇÃO A REFORMA DA PRAÇA GERALDO BELTRÃO NO BAIRRO DO HEITEL SANTIAGO E QUE SEJA COLOCADO EQUIPAMENTOS PARA EXERCÍCIOS, QUE FICA LOCALIZADA NA RUA AMNERES GUEDES SANTIAGO.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/809/protocolo_595.2024_requerimento_parlamentar_204.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/809/protocolo_595.2024_requerimento_parlamentar_204.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, APÓS OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA, PARA QUE VENHA A SER INCLUÍDO NAS OBRAS DE SUA ADMINISTRAÇÃO O CALÇAMENTO DA RUA JORNAL O NORTE, QUE FICA LOCALIZADA NO BAIRRO DE MARCOS MOURA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/777/protocolo_599.2024_requerimento_parlamentar_205.2024_ver._marcio_justino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/777/protocolo_599.2024_requerimento_parlamentar_205.2024_ver._marcio_justino.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, APÓS OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA, PARA QUE VENHA A SER INCLUÍDO NAS OBRAS DE SUA ADMINISTRAÇÃO, A MANUTENÇÃO E MELHORIAS NA ILUMINAÇÃO DO LOTEAMENTO PLANO DE VIDA, LOCALIZADO EM TIBIRI 2 NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/787/protocolo_601.2024_requerimento_parlamentar_206.2024_ver._farias.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/787/protocolo_601.2024_requerimento_parlamentar_206.2024_ver._farias.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, APÓS OUVIDO EM PLENÁRIO, QUE SEJA CONSIGNADO NA ATA DOS TRABALHOS VOTO DE APLAUSOS, AO CABO DERIVALDO FELICIANO DA SILVA (CABO FELICIANO), MATRÍCULA: 525728-0, LOTADO NO 7° BPM - SANTA RITA, QUE MESMO ESTANDO DE FOLGA REALIZOU UMA PRISÃO NO BAIRRO DE TIBIRI 2 EVITANDO POSSIVELMENTE UM LATROCÍNIO, POIS O ACUSADO ESTAVA COM UMA ARMA BRANCA, AMEAÇANDO UM MOTORISTA DE ALTERNATIVO. O CABO FELICIANO PERCABEU UMA MOVIMENTAÇÃO ESTRANHA NAS IMEDIAÇÕES DA FEIRA LIVRE DE TIBIRI 2, E RESOLVEU VER O QUE ESTAVA ACONTECENDO, QUANDO CHEGOU AO LOCAL VIU QUE SE TRATAVA DE UMA TENTATIVA DE ASSALTOQUE PODERIA EVOLUIR PARA ALGO MAIS GRAVE, O CABO FELICIANO, CONSEGUIU DETER O ACUSADO E JUNTO COM A POPULAÇÃO CONSEGUIU EFETUAR A PRISÃO, EM SEGUIDA SOLICITOU O APOIO DE UMA VIATURA DA POLÍCIA MILITAR. EM VIRTUDE DO BRILHANTE TRABALHO DESENVOLVIDO JUNTO COM A POPULAÇÃO DE SANTA RITA, ESTE POLICIAL É MERECEDOR DESTA HONRARIA. REQUEIRO AINDA QUE A DECISÃO DO PLENÁRIO SEJA COMUNICADA AO COMANDANTE DO 7° BPM E AO COMANDO GERAL DA POLÍCIA MILITAR DO ESTADO DA PARAÍBA.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/794/protocolo_611.2024_requerimento_parlamentar_207.2024_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/794/protocolo_611.2024_requerimento_parlamentar_207.2024_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENVIADO VOTO DE APLUSOS AO JOVEM SANTARRITENSE LEVYS DIAS (16 ANOS), POR TER SIDO DESTAQUE NO CAMPEONATO CARIOQUINHA 2024.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/788/protocolo_618.2024_requerimento_parlamentar_208.2024_ver._anesio_miranda_1.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/788/protocolo_618.2024_requerimento_parlamentar_208.2024_ver._anesio_miranda_1.pdf</t>
   </si>
   <si>
     <t>REQUER NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENVIADO UM VEEMENTE APELO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, QUE INCLUA NAS OBRAS DE SUA ADMIISTRAÇÃO O CALÇAMENTO DA RUA VICE PREFEITO MILTON FERRAZ, LOCALIZADA NO BAIRO DO HEITEL SANTIAGO, EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/793/protocolo_620.2024_requerimento_parlamentar_209.2024_ver._bruno_de_cicinha.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/793/protocolo_620.2024_requerimento_parlamentar_209.2024_ver._bruno_de_cicinha.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AS VOSSAS EXCELÊNCIAS, NO FORMA DO REGIMENTO INTERNO DESTA CASA, E DEPOIS DE VENCIDAS TODAS AS FORMALIDADES REGIMENTAIS, SEJAM ENCAMINHADAS MANIFESTAÇÕES DE APELO AO SR. PREFEITO EMERSON ALVINO PANTA E AO SECRETÁRIO DE INFRAESTRUTURA DE SANTA RITA, A FIM DE QUE SE ADOTEM MEDIDAS NECESSÁRIAS COM VISTAS A REALIZAÇÃO DA PAVIMENTAÇÃO E CALÇAMENTO DA RUA JOÃO DA PENHA DOS SANTOS, LOCALIZADO NO BAIRRO DO TIBIRI 2 NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/789/protocolo_621.2024_requerimento_parlamentar_210.2024_ver._brunno_de_cicinha.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/789/protocolo_621.2024_requerimento_parlamentar_210.2024_ver._brunno_de_cicinha.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AS VOSSAS EXCELÊNCIAS, NO FORMA DO REGIMENTO INTERNO DESTA CASA, E DEPOIS DE VENCIDAS TODAS AS FORMALIDADES REGIMENTAIS, SEJAM ENCAMINHADAS MANIFESTAÇÕES DE APELO AO SR. PREFEITO EMERSON ALVINO PANTA E AO SECRETÁRIO DE INFRAESTRUTURA DE SANTA RITA, A FIM DE QUE SE ADOTEM MEDIDAS NECESSÁRIAS COM VISTAS A REALIZAÇÃO DA PAVIMENTAÇÃO E CALÇAMENTO DA RUA JORNAL A CRÍTICA, LOCALIZADO NO BAIRRO DE MARCOS MOURA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/790/protocolo_622.2024_requerimento_parlamentar_211.2024_ver._brunno_de_cicinha.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/790/protocolo_622.2024_requerimento_parlamentar_211.2024_ver._brunno_de_cicinha.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AS VOSSAS EXCELÊNCIAS, NO FORMA DO REGIMENTO INTERNO DESTA CASA, E DEPOIS DE VENCIDAS TODAS AS FORMALIDADES REGIMENTAIS, SEJAM ENCAMINHADAS MANIFESTAÇÕES DE APELO AO SR. PREFEITO EMERSON ALVINO PANTA E AO SECRETÁRIO DE INFRAESTRUTURA DE SANTA RITA, A FIM DE QUE SE ADOTEM MEDIDAS NECESSÁRIAS COM VISTAS A REALIZAÇÃO DA PAVIMENTAÇÃO E CALÇAMENTO DA RUA JOSÉ TOMÉ DE ARRUDA LOCALIZADO NO BAIRRO DE MARCOS MOURA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/791/protocolo_624.2024_requerimento_parlamentar_212.2024_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/791/protocolo_624.2024_requerimento_parlamentar_212.2024_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, QUE INCLUA NAS OBRAS DE SUA GESTÃO, A PAVIMENTAÇÃO EM PARALELEPÍPEDOS DAS RUA: JOSÉ CLEMENTINO E SEVERINO DINIZ, AMBAS LOCALIZADAS NO LOT. SÃO JUDAS TADEU, NO DISTRITO DE VÁRZEA NOVA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/792/protocolo_625.2024_requerimento_parlamentar_213.2024_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/792/protocolo_625.2024_requerimento_parlamentar_213.2024_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, QUE INCLUA NAS OBRAS DE SUA GESTÃO, A PAVIMENTAÇÃO EM PARALELEPÍPEDOS DAS RUAS: PROFESSOR JOSÉ LUIZ CLEROT E SÃO SEVERINO, AMBAS LOCALIZADAS NO LOT. SÃO JUDAS TADEU NO DISTRITO DE VÁRZEA NOVA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/804/protocolo_651.2024_requerimento_parlamentar_214.2024_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/804/protocolo_651.2024_requerimento_parlamentar_214.2024_ver._naedson.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE O EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA, ATRAVÉS DA SECRETARIA DE INFRAESTRUTURA, REALIZE A IMPLANTAÇÃO DE COLETORES DE LIXO NAS RUAS CAAPORÃ, POMBAL, ALHANDRA, BAIA DA TRAIÇÃO E AVENIDA CONDE.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/805/protocolo_652.2024_requerimento_parlamentar_215.2024_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/805/protocolo_652.2024_requerimento_parlamentar_215.2024_ver._naedson.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE O EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA, ATRAVÉS DA SECRETARIA DE INFRAESTRUTURA, REALIZE A DESOBSTRUÇÃO DAS GALERIAS PLUVIAIS DAS RUAS CAAPORÃ, POMBAL, ALHANDRA, BAIA DA TRAIÇÃO E AVENIDA CONDE.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/806/protocolo_653.2024_requerimento_parlamentar_216.2024_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/806/protocolo_653.2024_requerimento_parlamentar_216.2024_ver._naedson.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE O EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA, ATRAVÉS DA SECRETARIA DE INFRAESTRUTURA, REALIZE A REFORMA DA PRAÇA GERALDO BELTRÃO DO HEITEL SANTIAGO.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/810/protocolo_657.2024_requerimento_parlamentar_217.2024_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/810/protocolo_657.2024_requerimento_parlamentar_217.2024_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental, depois de ouvido o Plenário, que seja concedido um voto de aplauso ao São João do Município de Santa Rita.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/811/protocolo_688.2024_requerimento_parlamentar_218.2024_ver._boquinha.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/811/protocolo_688.2024_requerimento_parlamentar_218.2024_ver._boquinha.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA CONSIGNADO NA ATA DOS TRABALHOS, VOTOS DE APLAUSOS, AO SENHOR FLÁVIO DOS SANTOS FERREIRA (FLÁVIO GOSP), PELOS RELEVANTES SERVIÇOS PRESTADOS AO NOSSO MUNICÍPIO, NA ÁREA DE ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/812/protocolo_697.2024_requerimento_parlamentar_219.2024_ver._anesio_miranda.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/812/protocolo_697.2024_requerimento_parlamentar_219.2024_ver._anesio_miranda.pdf</t>
   </si>
   <si>
     <t>REQUEIRO DE FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA SOLICITADO AO EXCELENTÍSSIMO SR. PREFEITO EMERSON ALVINO PANTA E AO SECRETÁRIO DE INFRAESTRUTURA DO MUNICÍPIO, QUE SEJA INCLUÍDO NAS OBRAS DO MUNICÍPIO A CONSTRUÇÃO DE UM NOVO TERMINAL RODOVIÁRIO URBANO EM LOCAL A SER ESTUDADO PELA GESTÃO.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/813/protocolo_698.2024_requerimento_parlamentar_220.2024_ver._anesio_miranda.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/813/protocolo_698.2024_requerimento_parlamentar_220.2024_ver._anesio_miranda.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA SOLICITADO AO EXCELENTÍSSIMO SR. PREFEITO EMERSON ALVINO PANTA E AO SECRETÁRIO DE INFRAESTRUTURA DO MUNICÍPIO, QUE SEJA INCLUÍDO NAS OBRAS DO MUNICÍPIO A CONSTRUÇÃO DE UMA PRAÇA COM RELÓGIO SOLAR, JARDINS E ÁREA DE CONVENIÊNCIA, A SER CONSTRUÍDA APÓS O VIADUTO DE TIBIRI 2, PARA EMBELEZAR A ENTRADA CO CONJUNTO TIBIRI 2 E ADJACÊNCIAS (LOGO APÓS O VIADUTO DE TIBIRI 2).</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/816/protocolo_702.2024_requerimento_parlamentar_221.2024_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/816/protocolo_702.2024_requerimento_parlamentar_221.2024_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA REALIZADO UMA SESSÃO ESPECIAL NO MÊS DE MAIO/2024, EM ALUSÃO AO MAIO ROXO, MÊS DE CONSCIENTIZAÇÃO E ENFRENTAMENTO DA FIBROMIALGIA.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/817/protocolo_711.2024_requerimento_parlamentar_222.2024_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/817/protocolo_711.2024_requerimento_parlamentar_222.2024_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE SUBSCREVE, COM ANSEIO NESTA CASA LEGISLATIVA, VEM SOLICITAR A VOSSA EXCELÊNCIA, A INCLUSÃO DO PRESENTE REQUERIMENTO PARA APRECIAÇÃO E VOTAÇÃO DO PLENÁRIO, E SE APROVADO SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA PARA QUE DETERMINE AO SECRETÁRIO DE OBRAS E SERVIÇOS PÚBLICOS A PAVIMENTAÇÃO EM CALÇAMENTO DA RUA RICARDO LUCIANO, NO BAIRRO DE TIBIRI 2 NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/818/protocolo_712.2024_requerimento_parlamentar_223.2024_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/818/protocolo_712.2024_requerimento_parlamentar_223.2024_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE SUBSCREVE, COM ANSEIO NESTA CASA LEGISLATIVA, VEM SOLICITAR A VOSSA EXCELÊNCIA, A INCLUSÃO DO PRESENTE REQUERIMENTO PARA APRECIAÇÃO E VOTAÇÃO DO PLENÁRIO, E SE APROVADO SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA PARA QUE DETERMINE AO SECRETÁRIO DE OBRAS E SERVIÇOS PÚBLICOS A PAVIMENTAÇÃO EM CALÇAMENTO DA RUA JOÃO DA PENHA DOS SANTOS NO BAIRRO DE TIBIRI 2 NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/815/protocolo_715.2024_requerimento_parlamentar_224.2024_ver._boquinha.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/815/protocolo_715.2024_requerimento_parlamentar_224.2024_ver._boquinha.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL APÓS OUVIDO O PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA, COM EQUIPAMENTOS DE ACADEMIA POPULAR NO BAIRRO SANTA CRUZ NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/814/protocolo_737.2024_requerimento_parlamentar_225.2024_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/814/protocolo_737.2024_requerimento_parlamentar_225.2024_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE O PRESENTE SUBSCREVE, NO EXERCÍCIO DE SUAS ATIVIDADES PARLAMENTARES, CONSOANTE LHE FACULTA O REGIME INTERNO DA CÂMARA MUNICIPAL, VEM, APÓS APROVAÇÃO DO PLENÁRIO DESTA CASA, REQUERER DA MESA DIRETORA A LIBERAÇÃO NA DATA DE 20 DE MAIO, SEGUNDA FEIRA DO CORRENTE ANO AS 09H30 SOLICITAR O ESPAÇO DA CÂMARA E OS SERVIDORES DO ÁUDIO E VÍDEO DA MESMA, PARA REALIZAÇÃO DE UMA AUDIÊNCIA PÚBLICA EM ALUSÃO AO DIA 12 DE MAIO QUE MARCA O DIA MUNDIAL DE CONSCIENTIZAÃO DA FIBROMIALGIA, UMA DOENÇA INVISÍVEL AOS OLHOS DA SOCIEDADE, MAS COM SÉRIAS COMPLICAÇÕES AOS SEUS PORTADORES.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/823/protocolo_752.2024_requerimento_parlamentar_226.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/823/protocolo_752.2024_requerimento_parlamentar_226.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, APÓS OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, PARA QUE O SETOR DE JUNTA DE SERVIÇO MILITAR RETOME OS SERVIÇOS DE EMISSÃO DE RG (REGISTRO GERAL).</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/824/protocolo_753.2024_requerimento_parlamentar_227.2024_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/824/protocolo_753.2024_requerimento_parlamentar_227.2024_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, APÓS OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, PARA QUE VENHA INCLUIR NAS OBRAS DE SUA ADMINISTRAÇÃO A PAVIMENTAÇÃO DA RUA MANOEL DE SOUZA BRANDÃO, LOTEAMENTO BOA VISTA NO BAIRRO DE VÁRZEA NOVA.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/825/protocolo_760.2024_requerimento_parlamentar_228.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/825/protocolo_760.2024_requerimento_parlamentar_228.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA SOLICITADO AO CHEFE DO PODER EXECUTIVO PROVIDÊNCIAS PARA DAR POSSE AOS MEMBROS DO CONSELHO MUNICIPAL DA JUVENTUDE DO MUNICÍPIO DE SANTA RITA, PREVISTO NA LEI MUNICIPAL N° 1.560/2013. RESSALTAMOS QUE O NOSSO REQUERIMENTO N° 438/2023 DE 31/08/2023, JÁ FAZIA ESTA SOLICITAÇÃO. PORTANTO, APELAMOS PARA O BOM SENSO DA GESTÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/826/protocolo_761.2024_requerimento_parlamentar_229.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/826/protocolo_761.2024_requerimento_parlamentar_229.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA SOLICITADO AO CHEFE DO PODER EXECUTIVO PROVIDÊNCIAS PARA DAR POSSE AOS MEMBROS DO CONSELHO MUNICIPAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL DO MUNICÍPIO DE SANTA RITA - COMSEA, PREVISTO NA LEI MUNICIPAL N° 1.481/2012. RESSALTAMOS QUE O NOSSO REQUERIMENTO N° 439/2023 DE 31/08/2023, JÁ FAZIA ESTA SOLICITAÇÃO. PORTANTO, APELMAOS PARA O BOM SENSO DA GESTÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/822/protocolo_820.2024_requerimento_parlamentar_230.2024_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/822/protocolo_820.2024_requerimento_parlamentar_230.2024_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE O PRESENTE SUBSCREVE, NO EXERCÍCIO DE SUAS ATIVIDADES PARLAMENTARES, CONSOANTE LHE FACULTA O REGIME INTERNO DA CÂMARA MUNICIPAL, VEM, APÓS APROVAÇÃO DO PLENÁRIO DESTA CASA, REQUERER DO PREFEITO CONSTITUCIONAL, SR. EMERSON ALVINO PANTA, A IMPLANTAÇÃO DE LOMBADA FÍSICA NA RUA ENÉAS FLÁVIO DE MORAES, EM FRENTE AO NÚMERO 70, EM FRENTE À ESCOLA NOSSA SENHORA APARECIDA, NO BAIRRO JARDIM PLANALTO.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/827/protocolo_822.2024_requerimento_parlamentar_231.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/827/protocolo_822.2024_requerimento_parlamentar_231.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA MARCADA UMA SESSÃO ESPECIAL PARA O DIA 28/06/2024, PARA CELEBRAR O DIA INTERNACIONAL DO ORGULHO LGBTQIAP+, QUE ANUALMENTE É CELEBRADO NA REFERIDA DATA.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/849/protocolo_857.2024_requerimento_parlamentar_232.2024_ver._queiroga.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/849/protocolo_857.2024_requerimento_parlamentar_232.2024_ver._queiroga.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, O SR. EMERSON ALVINO PANTA, A INSTALAÇÃO DE APARELHOS DE AR-CONDICIONADO NOS CENTROS DE EDUCAÇÃO INFANTIL (CIEI) E ESCOLAS PÚBLICAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/850/protocolo_858.2024_requerimento_parlamentar_233.2024_ver._queiroga.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/850/protocolo_858.2024_requerimento_parlamentar_233.2024_ver._queiroga.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA, O PEDIDO DE PAVIMENTAÇÃO DA RUA GOV. JOÃO AGRIPINO, QUE FICA LOCALIZADA NO LOTEAMENTO JARDIM CAROLINA, BAIRRO DE MARCOS MOURA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/857/protocolo_904.2024_requerimento_parlamentar_234.2024_ver._marcio_justino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/857/protocolo_904.2024_requerimento_parlamentar_234.2024_ver._marcio_justino.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, APÓS OUVIR ESTE PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA, PARA QUE VENHA INCLUIR NAS OBRAS DE SUA ADMINISTRAÇÃO, A REFORMA DA PRAÇA DO SOL, LOCALIZADA NO BAIRRO POPULAR NESTA CIDADE.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/858/protocolo_905.2024_requerimento_parlamentar_235.2024_ver._marcio_justino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/858/protocolo_905.2024_requerimento_parlamentar_235.2024_ver._marcio_justino.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, APÓS OUVIR ESTE PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA, PARA QUE VENHA INCLUIR NAS OBRAS DE SUA ADMINISTRAÇÃO, A REFORMA DA PRAÇA ÍNDIO PIRAGIBE, LOCALIZADA NO BAIRRO POPULAR NESTA CIDADE.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/859/protocolo_906.2024_requerimento_parlamentar_236.2024_ver._marcio_justino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/859/protocolo_906.2024_requerimento_parlamentar_236.2024_ver._marcio_justino.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, APÓS OUVIR ESTE PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA, PARA QUE VENHA INCLUIR NAS OBRAS DE SUA ADMINISTRAÇÃO, A REFORMA DA PRAÇA DO ATLETA, LOCALIZADA NO BAIRRO POPULAR NESTA CIDADE.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/860/protocolo_908.2024_requerimento_parlamentar_237.2024_ver._marcio_justino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/860/protocolo_908.2024_requerimento_parlamentar_237.2024_ver._marcio_justino.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, APÓS OUVIR ESTE PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA, PARA QUE VENHA INCLUIR NAS OBRAS DE SUA ADMINISTRAÇÃO, O CALÇAMENTO DA RUA PROJETADA, LOCALIZADA NO BAIRRO JD. PLANALTO, POR TRÁS DA ALPARGATAS.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/861/protocolo_909.2024_requerimento_parlamentar_238.2024_ver._marcio_justino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/861/protocolo_909.2024_requerimento_parlamentar_238.2024_ver._marcio_justino.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, APÓS OUVIR ESTE PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA, PARA QUE VENHA INCLUIR NAS OBRAS DE SUA ADMINISTRAÇÃO, O CALÇAMENTO DA RUA PALESTRA ITÁLIA, LOCALIZADA NO BAIRRO SOL NASCENTE.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/862/protocolo_910.2024_requerimento_parlamentar_239.2024_ver._marcio_justino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/862/protocolo_910.2024_requerimento_parlamentar_239.2024_ver._marcio_justino.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, APÓS OUVIR ESTE PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA, PARA QUE VENHA INCLUIR NAS OBRAS DE SUA ADMINISTRAÇÃO, A CONSTRUÇÃO DA PONTE QYE DÁ ACESSO A COMUNIDADE CANAÃ.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/863/protocolo_942.2024_requerimento_parlamentar_240.2024_ver._marcio_justino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/863/protocolo_942.2024_requerimento_parlamentar_240.2024_ver._marcio_justino.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, NA FORMA REGIMENTAL, APÓS OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA, PARA QUE VENHA INCLUIR NAS OBRAS DE SUA ADMINISTRAÇÃO, O CALÇAMENTO DA RUA VISCONDE DE MAUÁ, NO BAIRRO DE TIBIRI 2, CEP: 50303-025</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/864/protocolo_943.2024_requerimento_parlamentar_241.2024_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/864/protocolo_943.2024_requerimento_parlamentar_241.2024_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>REQUEIRO O VOTO DE APLAUSO DESTA CASA AO DEPUTADO FEDERAL MERSINHO LUCENA, EM RECONHECIMENTO AO SEU TRABALHO INCANSÁVEL, ESPECIALMENTE PELO PROJETO DE LEI 5000/2023, QUE DENOMINA O VIADUTO SITUADO NA BR-230, EM SANTA RITA, COMO VIADUTO COMERCIANTE "OTÁVIO BERNARDINO DA SILVA". ESTE É UM RECONHECIMENTO IMPORTANTE PARA NOSSA COMUNIDADE.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/886/protocolo_948.2024_requerimento_parlamentar_242.2024_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/886/protocolo_948.2024_requerimento_parlamentar_242.2024_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, PARA QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO A IMPLANTAÇÃO DE UMA CRECHE ESCOLA NO LOT. PLANO DE VIDA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/893/protocolo_949.2024_requerimento_parlamentar_243.2024_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/893/protocolo_949.2024_requerimento_parlamentar_243.2024_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO DO ESTADO, SR. JOÃO AZEVEDO, QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO A IMPLANTAÇÃO DE UM HEMOCENTRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/869/protocolo_1004.2024_requerimento_parlamentar_244.2024_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/869/protocolo_1004.2024_requerimento_parlamentar_244.2024_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, NA FORMA REGIMENTAL, APÓS OUVIDO EM PLENÁRIO QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA, PARA QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO, A PAVIMENTAÇÃO ASFÁLTICA DA RUA BOM JESUS EM TIBIRI 2.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/870/protocolo_1005.2024_requerimento_parlamentar_245.2024_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/870/protocolo_1005.2024_requerimento_parlamentar_245.2024_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, PARA QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO A PAVIMENTAÇÃO ASFÁLTICA DA RUA HERMENEGILDO GOMES, EM TIBIRI E DA AVENIDA JOÃO FIRMINO DE LIMA, NO BAIRRO PORTAL DE TIBIRI</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/871/protocolo_1006.2024_requerimento_parlamentar_246.2024_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/871/protocolo_1006.2024_requerimento_parlamentar_246.2024_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, PARA QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO A PAVIMENTAÇÃO ASFÁLTICA DA AVENIDA GUARABIRA, EM TIBIRI.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/872/protocolo_1007.2024_requerimento_parlamentar_247.2024_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/872/protocolo_1007.2024_requerimento_parlamentar_247.2024_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, PARA QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO A IMPLANTAÇÃO DE LOMBADAS NA AVENIDA ARNÓBIO MAROJA, EM TIBIRI, NA ÁREA ENTRE A PRAÇA DO CHAFARIZ E A ENTRADA DO BAIRRO DE MARCOS MOURA, TENDO EM VISTA A ALTA INCIDÊNCIA DE ACIDENTES NAQUELA REGIÃO, ALGUNS ATÉ MESMO COM MORTES, EM RAZÃO DA ALTA VELOCIDADE EM QUE OS VEÍCULOS TRANSITAM EM ALGUNS MOMENTOS.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/873/protocolo_1008.2024_requerimento_parlamentar_248.2024_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/873/protocolo_1008.2024_requerimento_parlamentar_248.2024_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, PARA QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO A CONSTRUÇÃO DO MERCADO PÚBLICO DE TIBIRI, TENDO EM VISTA AS DEMANDAS E NECESSIDADES DO BAIRRO, POR ESTES SER, ECONIMICAMENTE FALANDO, O MAIOR BAIRRO DA CIDADE.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/874/protocolo_1009.2024_requerimento_parlamentar_249.2024_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/874/protocolo_1009.2024_requerimento_parlamentar_249.2024_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, PARA QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO A IMPLANTAÇÃO DE UMA FAIXA DE PEDESTRES EM FRENTE À ESCOLA MOTIVAR, NA AVENIDA ASSIS CHATEAUBRIAND, EM TIBIRI.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/875/protocolo_1012.2024_requerimento_parlamentar_250.2024_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/875/protocolo_1012.2024_requerimento_parlamentar_250.2024_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, PARA QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO O CALÇAMENTO DA RUA PEDRAS DE FOGO, EM TIBIRI 2, NA PARTE QUE LIGA A AVENIDA CAMPINA GRANDE COM A AVENIDA CONDE.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/868/protocolo_1020.2024_requerimento_parlamentar_251.2024_ver._anesio_miranda.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/868/protocolo_1020.2024_requerimento_parlamentar_251.2024_ver._anesio_miranda.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA EXPEDIDO UM VOTO DE PROFUNDO PESAR PELO FALECIMENTO DO SR. ANTÔNIO MARTINS DE OLIVEIRA.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/894/protocolo_1000.2024_requerimento_parlamentar_252.2024_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/894/protocolo_1000.2024_requerimento_parlamentar_252.2024_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, PARA QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO A IMPLANTAÇÃO DE UM CENTRO DE CURSOS PROFISSIONALIZANTES, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/885/protocolo_1001.2024_requerimento_parlamentar_253.2024_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/885/protocolo_1001.2024_requerimento_parlamentar_253.2024_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, PARA QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO A IMPLANTAÇÃO DE UMA UTI PARA O HOSPITAL INFANTIL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/892/protocolo_1013.2024_requerimento_parlamentar_254.2024_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/892/protocolo_1013.2024_requerimento_parlamentar_254.2024_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, PARA QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO A IMPLANTAÇÃO DE UM PRONTO SOCORRO DE FRATURAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/887/protocolo_1018.2024_requerimento_parlamentar_255.2024_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/887/protocolo_1018.2024_requerimento_parlamentar_255.2024_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, PARA QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO A IMPLANTAÇÃO DE ESCOLAS CÍVICO MILITAR EM CADA BAIRRO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/902/protocolo_1026.2024_requerimento_parlamentar_256.2024_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/902/protocolo_1026.2024_requerimento_parlamentar_256.2024_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO DO ESTADO, SR. JOÃO AZEVEDO, QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO A IMPLANTAÇÃO DE UMA (UPA) NO BAIRRO DO ALTO DAS POPULARES, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/899/protocolo_1027.2024_requerimento_parlamentar_257.2024_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/899/protocolo_1027.2024_requerimento_parlamentar_257.2024_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO DO ESTADO, SR. JOÃO AZEVEDO, QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO A IMPLANTAÇÃO DE UMA (UPA) NO BAIRRO DE VÁRZEA NOVA, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/903/protocolo_1028.2024_requerimento_parlamentar_258.2024_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/903/protocolo_1028.2024_requerimento_parlamentar_258.2024_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO DO ESTADO, SR. JOÃO AZEVEDO, QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO A IMPLANTAÇÃO DE UMA (UPA) NO BAIRRO DE MARCOS MOURA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/898/protocolo_1029.2024_requerimento_parlamentar_259.2024_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/898/protocolo_1029.2024_requerimento_parlamentar_259.2024_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO DO ESTADO, SR. JOÃO AZEVEDO, QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO A IMPLANTAÇÃO DE UM HOSPITAL DE TRAUMA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/876/protocolo_1037.2024_requerimento_parlamentar_260.2024_ver._marinaldo_1.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/876/protocolo_1037.2024_requerimento_parlamentar_260.2024_ver._marinaldo_1.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE O PRESENTE SUBSCREVE, NO EXERCÍCIO DE SUAS ATIVIDADES PARLAMENTARES, CONSOANTE LHE FACULTA O REGIME INTERNO DA CÂMARA MUNICIPAL, VEM, APÓS APROVAÇÃO DO PLENÁRIO DESTA CASA, REQUERER DO PREFEITO CONSTITUCIONAL, SR. EMERSON ALVINO PANTA, A IMPLEMENTAÇÃO DE UMA CLÍNICA VETERINÁRIA PÚBLICA NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/877/protocolo_1038.2024_requerimento_parlamentar_265.2024_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/877/protocolo_1038.2024_requerimento_parlamentar_265.2024_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE O PRESENTE SUBSCREVE, NO EXERCÍCIO DE SUAS ATIVIDADES PARLAMENTARES, CONSOANTE LHE FACULTA O REGIME INTERNO DA CÂMARA MUNICIPAL, VEM, APÓS APROVAÇÃO DO PLENÁRIO DESTA CASA, REQUERER DO PREFEITO CONSTITUCIONAL, SR. EMERSON ALVINO PANTA, O CALÇAMENTO DA RUA JOÃO DA PENHA DOS SANTOS, EM TIBIRI 2, SANTA RITA PB.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/878/protocolo_1039.2024_requerimento_parlamentar_266.2024_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/878/protocolo_1039.2024_requerimento_parlamentar_266.2024_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE O PRESENTE SUBSCREVE, NO EXERCÍCIO DE SUAS ATIVIDADES PARLAMENTARES, CONSOANTE LHE FACULTA O REGIME INTERNO DA CÂMARA MUNICIPAL, VEM, APÓS APROVAÇÃO DO PLENÁRIO DESTA CASA, REQUERER DO PREFEITO CONSTITUCIONAL, SR. EMERSON ALVINO PANTA, O CALÇAMENTO DA RUA JOSÉ MIGUEL DO VALE, NO HEITEL SANTIAGO, SANTA RITA PB.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/889/protocolo_1040.2024_requerimento_parlamentar_267.2024_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/889/protocolo_1040.2024_requerimento_parlamentar_267.2024_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE O PRESENTE SUBSCREVE, NO EXERCÍCIO DE SUAS ATIVIDADES PARLAMENTARES, CONSOANTE LHE FACULTA O REGIME INTERNO DA CÂMARA MUNICIPAL, VEM, APÓS APROVAÇÃO DO PLENÁRIO DESTA CASA, REQUERER DO PREFEITO CONSTITUCIONAL, SR. EMERSON ALVINO PANTA, O CALÇAMENTO DA RUA MANOEL PEREIRA MARTINS, NO HEITEL SANTIAGO, SANTA RITA PB.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/890/protocolo_1048.2024_requerimento_parlamentar_268.2024_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/890/protocolo_1048.2024_requerimento_parlamentar_268.2024_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE O PRESENTE SUBSCREVE, NO EXERCÍCIO DE SUAS ATIVIDADES PARLAMENTARES, CONSOANTE LHE FACULTA O REGIME INTERNO DA CÂMARA MUNICIPAL, VEM, APÓS APROVAÇÃO DO PLENÁRIO DESTA CASA, REQUERER DO PREFEITO CONSTITUCIONAL, SR. EMERSON ALVINO PANTA, A RECUPERAÇÃO DA PONTE DA RUA DA ALEGRIA, LOCALIZADA EM FORTE VELHO, BEM COMO O CALÇAMENTO DA REFERIDA RUA.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/891/protocolo_1049.2024_requerimento_parlamentar_269.2024_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/891/protocolo_1049.2024_requerimento_parlamentar_269.2024_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE O PRESENTE SUBSCREVE, NO EXERCÍCIO DE SUAS ATIVIDADES PARLAMENTARES, CONSOANTE LHE FACULTA O REGIME INTERNO DA CÂMARA MUNICIPAL, VEM, APÓS APROVAÇÃO DO PLENÁRIO DESTA CASA, REQUERER DO SENADOR, EFRAIM DE ARAÚJO MORAIS FILHO, A DESTINAÇÃO DE EMENDA PARLAMENTAR PARA AQUISIÇÃO DE AUTOMÓVEL "CASTROMÓVEL".</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/880/protocolo_1050.2024_requerimento_parlamentar_270.2024_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/880/protocolo_1050.2024_requerimento_parlamentar_270.2024_ver._naedson.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE O EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA, ATRAVÉS DA SECRETARIA DE INFRAESTRUTURA, REALIZE A PAVIMENTAÇÃO DA AVENIDA ANGOLA NO HEITEL SANTIAGO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/881/protocolo_1052.2024_requerimento_parlamentar_271.2024_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/881/protocolo_1052.2024_requerimento_parlamentar_271.2024_ver._naedson.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE O EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA, ATRAVÉS DA SECRETARIA DE INFRAESTRUTURA, REALIZE A PAVIMENTAÇÃO DA RUA JOSÉ INVÁLIDO C. DE MORAIS, AGUIARLANDIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/882/protocolo_1053.2024_requerimento_parlamentar_272.2024_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/882/protocolo_1053.2024_requerimento_parlamentar_272.2024_ver._naedson.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE O EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA, ATRAVÉS DA SECRETARIA DE INFRAESTRUTURA, REALIZE A PAVIMENTAÇÃO DA RUA JOÃO GONÇALVES DE MEDEIROS NO HEITEL SANTIAGO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/883/protocolo_1055.2024_requerimento_parlamentar_273.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/883/protocolo_1055.2024_requerimento_parlamentar_273.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA CONSIGNADO NA ATA DOS TRABALHOS LEGISLATIVOS, VOTOS DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA MARIA DA CONCEIÇÃO MIRANDA DO NASCIMENTO, FALECIDA NO ÚLTIMO DIA 07 DE JULHO, IRMÃ DO NOSSO COLEGA DE PARLAMENTO, VEREADOR ANÉSIO MIRANDA.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/884/protocolo_1056.2024_requerimento_parlamentar_274.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/884/protocolo_1056.2024_requerimento_parlamentar_274.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA CONSIGNADO NA ATA DOS TRABALHOS LEGISLATIVOS, VOTOS DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA SANDRA DA SILVA CARNEIRO, FALECIDA NO ÚLTIMO DIA 07 DE MAIO. PESSOA ESSA QUE PRESTAVA SERVIÇOS NESTA CASA LEGISLATIVA.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/895/protocolo_1010.2024_requerimento_parlamentar_275.2024_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/895/protocolo_1010.2024_requerimento_parlamentar_275.2024_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA, PARA QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO A CONSTRUÇÃO DE UMA ESCOLA NO LOT. PLANO DE VIDA.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/900/protocolo_1115.2024_requerimento_parlamentar_276.2024_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/900/protocolo_1115.2024_requerimento_parlamentar_276.2024_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO PREFEITO O SENHOR EMERSON ALVINO PANTA, QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO A CONSTRUÇÃO DE UMA ESCOLA MUNICIPAL NO BAIRRO VIDAL DE NEGREIROS.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/901/protocolo_1116.2024_requerimento_parlamentar_277.2024_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/901/protocolo_1116.2024_requerimento_parlamentar_277.2024_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO GOVERNADOR, O SENHOR JOÃO AZEVEDO, QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO A REQUALIFICAÇÃO DO ASFALTO, MELHORIA DA ILUMINAÇÃO E A CONSTRUÇÃO DE UM ACOSTAMENTO NO TRECHO DA PB 004 QUE LIGA O MUNICÍPIO DE SANTA RITA À BAYEUX.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/906/protocolo_1142.2024_requerimento_parlamentar_278.2024_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/906/protocolo_1142.2024_requerimento_parlamentar_278.2024_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE O PRESENTE SUBSCREVE, NO EXERCÍCIO DE SUAS ATIVIDADES PARLAMENTARES, CONSOANTE LHE FACULTA O REGIME INTERNO DA CÂMARA MUNICIPAL, VEM, APÓS APROVAÇÃO DO PLENÁRIO DESTA CASA, REQUERER DO PREFEITO CONSTITUCIONAL, SR. EMERSON ALVINO PANTA, A SOLICITAÇÃO DE CALÇAMENTO DAS RUAS ATAÍDE DE BRITO E GOVERNADOR IVAN BICHARA, JARDIM EUROPA, ALÉM DE CONSTRUÇÃO NAS PROXIMIDADES DE UM PARQUE LINERA E UNIDADE BÁSICA DE SAÚDE.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/907/protocolo_1148.2024_requerimento_parlamentar_279.2024_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/907/protocolo_1148.2024_requerimento_parlamentar_279.2024_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL DEPOIS DE OUVIDO O PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO PREFEITO O SENHOR EMERSON ALVINO PANTA, QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO A REFORMA DA PRAÇA DO ÍNDIO PIRAGIBE, NO BAIRRO POPULAR NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/908/protocolo_1149.2024_requerimento_parlamentar_280.2024_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/908/protocolo_1149.2024_requerimento_parlamentar_280.2024_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO PREFEITO O SENHOR EMERSON ALVINO PANTA, QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO A REFORMA DO TERMINAL RODOVIÁRIO DO CENTRO DE SANTA RITA.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/909/protocolo_1150.2024_requerimento_parlamentar_281.2024_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/909/protocolo_1150.2024_requerimento_parlamentar_281.2024_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE SUBSCREVE, COM ANSEIO NESTA CASA LEGISLATIVA, VEM SOLICITAR A VOSSA EXCELÊNCIA, A INCLUSÃO DO PRESENTE REQUERIMENTO PARA APRECIAÇÃO E VOTAÇÃO DO PLENÁRIO, E SE APROVADO SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA PARA QUE DETERMINE AO SECRETÁRIO DE OBRAS E SERVIÇOS PÚBLICOS A PAVIMENTAÇÃO EM CALÇAMENTO DA RUA ALEXANDRE FLEMING NO BAIRRO DE MARCUS MOURA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/910/protocolo_1155.2024_requerimento_parlamentar_282.2024_ver._anesio_miranda.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/910/protocolo_1155.2024_requerimento_parlamentar_282.2024_ver._anesio_miranda.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL APÓS OUVIDO EM PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA, QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO A PAVIMENTAÇÃO DO TRECHO DA RUA CORONEL EDNALDO TAVARES RUFINO, LOCALIZADA NO LOTEAMENTO JARDIM EUROPA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/904/protocolo_1160.2024_requerimento_parlamentar_283.2024_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/904/protocolo_1160.2024_requerimento_parlamentar_283.2024_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL DEPOIS DE OUVIDO O PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO PREFEITO O SENHOR EMERSON ALVINO PANTA, QUE INCLUA NAS OBRAS DE SUA ADMINISTRAÇÃO A REFORMA DE TODA A RUA WERCELENCIO ALVES FREITAS (CONHECIDA COMO RUA DO RATO), NO BAIRRO POPULAR, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/905/protocolo_1161.2024_requerimento_parlamentar_284.2024_ver._boquinha.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/905/protocolo_1161.2024_requerimento_parlamentar_284.2024_ver._boquinha.pdf</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/912/protocolo_1165.2024_requerimento_parlamentar_285.2024_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/912/protocolo_1165.2024_requerimento_parlamentar_285.2024_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE SUBSCREVE, COM ANSEIO NESTA CASA LEGISLATIVA, VEM SOLICITAR A VOSSA EXCELÊNCIA, A INCLUSÃO DO PRESENTE REQUERIMENTO PARA APRECIAÇÃO E VOTAÇÃO DO PLENÁRIO, E SE APROVADO SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA PARA QUE DETERMINE AO SECRETÁRIO DE OBRAS E SERVIÇOS PÚBLICOS A PAVIMENTAÇÃO EM CALÇAMENTO DA RUA TRIBUNA POPULAR BAIRRO JD MIRITÂNIA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/913/protocolo_1202.2024_requerimento_parlamentar_286.2024_ver._boquinha.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/913/protocolo_1202.2024_requerimento_parlamentar_286.2024_ver._boquinha.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja encaminhado ao Chefe do Poder Executivo Municipal sr. Emerson Alvino Panta que inclua nas obras de sua administração, a construção de 1 (uma)  Creche Escola no Bairro do Santa Cruz nesta Cidade.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/916/protocolo_1219.2024_requerimento_parlamentar_287.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/916/protocolo_1219.2024_requerimento_parlamentar_287.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA MARCADA UMA SESSÃO ESPECIAL PARA O DIA 22 DE NOVEMBRO DO CORRENTE ANO NO HORÁRIO REGIMENTAL, PARA CELEBRARMOS O DIA DA CONSCIÊNCIA NEGRA ANUALMENTE COMEMORADO NO DIA 20 DE NOVEMBRO, RECENTEMENTE A REFERIDA DATA (20 DE NOVEMBRO) ENTROU PARA O CALENDÁRIO DE FERIADOS NACIONAIS, LEI SANCIONADA PELO PRESIDENTE LULA.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/920/protocolo_1259.2024_requerimento_parlamentar_288.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/920/protocolo_1259.2024_requerimento_parlamentar_288.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA CONSIGNADO NA ATA DOS TRABALHOS LEGISLATIVOS, VOTOS DE APLAUSOS POR OCASIÃO DA INSTALAÇÃO E INAUGURAÇÃO DO MEMORIAL HELITON SANTANA NO CAMPUS DO IFPB EM NOSSA CIDADE. QUE A DECISÃO DESSE PLENÁRIO SEJA COMUNICADA AOS FAMILIARES, AMIGOS E AO CORPO DOCENTE E DISCENTE DA REFERIDA INSTITUIÇÃO.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/919/protocolo_1261.2024_requerimento_parlamentar_289.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/919/protocolo_1261.2024_requerimento_parlamentar_289.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, QUE SEJA CONSIGNADO NA ATA DOS TRABALHOS LEGISLATIVOS, VOTOS DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA MARIA DA CONCEIÇÃO MATIAS DE LIMA, OCORRIDO NO ÚLTIMO DIA 14 DE SETEMBRO. QUE A DECISÃO DESSE PLENÁRIO SEJA COMUNICADA AOS FAMILIARES E AMIGOS.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/931/protocolo_1283.2024_requerimento_parlamentar_290.2024_ver._anesio.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/931/protocolo_1283.2024_requerimento_parlamentar_290.2024_ver._anesio.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, NA FORMA REGIMENTAL E APÓS APRECIAÇÃO DO PLENÁRIO, QUE SEJA ENVIADA SOLICITAÇÃO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO MUNICIPAL SR. EMERSON ALVINO PANTA PARA QUE INCLUA, ENTRE AS AÇÕES DE SUA ADMINISTRAÇÃO, A AQUISIÇÃO DE UMA CARRETA PET, DESTINADA AO ATENDIMENTO E TRATAMENTO DE ANIMAIS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/932/protocolo_1284.2024_requerimento_parlamentar_291.2024_ver._anesio.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/932/protocolo_1284.2024_requerimento_parlamentar_291.2024_ver._anesio.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, NA FORMA REGIMENTAL E APÓS APRECIAÇÃO DO PLENÁRIO, QUE SEJA ENVIADA SOLICITAÇÃO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO MUNICIPAL SR. EMERSON ALVINO PANTA PARA QUE INCLUA, ENTRE AS AÇÕES DE SUA ADMINISTRAÇÃO, A CRIAÇÃO DE UM SISTEMA MUNICIPAL DE EMPREGOS (SINE MUNICIPAL), DESTINADO A PROMOVER A INTERMEDIAÇÃO DE MÃO-DE-OBRA E FORTALECER A EMPREGABILIDADE LOCAL.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/933/protocolo_1299.2024_requerimento_parlamentar_292.2024_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/933/protocolo_1299.2024_requerimento_parlamentar_292.2024_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE SUBSCREVE, NO EXERCÍCIO DE SUAS ATIVIDADES PARLAMENTARES, CONSOANTE LHE FACULTA O REGIME INTERNO DA CÂMARA MUNICIPAL, VEM, APÓS APROVAÇÃO DO PLENÁRIO DESTA CASA, REQUERER DO PREFEITO CONSTITUCIONAL, SR. EMERSON ALVINO PANTA, NIVELAMENTO E READEQUAÇÃO DA ESTRADA PRINCIPAL DE LEROLÂNDIA.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/940/protocolo_1332.2024_requerimento_parlamentar_293.2024_ver._cassio.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/940/protocolo_1332.2024_requerimento_parlamentar_293.2024_ver._cassio.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AS VOSSAS EXCELÊNCIAS, NA FORMA REGIMENTAL, APÓS APRECIAÇÃO DO PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMOCHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA QUE INCLUA ENTRE AS AÇÕES DE SAÚDE EM SUA ADMINISTRAÇÃO A CRIAÇÃO DE UMA FARMÁCIA POPULAR VETERINÁRIA GRATUITA NO MUNICÍPIO DE SANTA RITA.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/941/protocolo_1336.2024_requerimento_parlamentar_294.2024_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/941/protocolo_1336.2024_requerimento_parlamentar_294.2024_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE O PRESENTE SUBSCREVE, NO EXERCÍCIO DE SUAS ATIVIDADES PARLAMENTARES, CONSOANTE LHE FACULTA O REGIME INTERNO DA CÂMARA MUNICIPAL, VEM, APÓS APROVAÇÃO DO PLENÁRIO DESTA CASA, REQUERER DO PREFEITO CONSTITUCIONAL, SR. EMERSON ALVINO PANTA, A SUBVENÇÃO PARA REMISSÃO DE JUROS DOS DÉBITOS DE CONTRIBUINTES.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/937/protocolo_1382.2024_requerimento_parlamentar_295.2024_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/937/protocolo_1382.2024_requerimento_parlamentar_295.2024_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE SUBSCREVE, COM ANSEIO NESTA CASA LEGISLATIVA, VEM SOLICITAR A VOSSA EXCELÊNCIA, A INCLUSÃO DO PRESENTE REQUERIMENTO PARA APRECIAÇÃO E VOTAÇÃO DO PLENÁRIO, E SE APROVADO SEJA ENCAMINHADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO SR. EMERSON ALVINO PANTA PARA QUE DETERMINE AO SECRETÁRIO DE OBRAS E SERVIÇOS PÚBLICOS A INSTALAÇÃO DE UMA MODERNA E CONFORTÁVEL PARADA DE ÔNIBUS TODA EM VIDRO CLIMATIZADA, AMPLA, E SEGURA PARA OS USUÁRIOS. LOCAL: PRAÇA GETÚLIO VARGAS, CENTRO SANTA RITA PB</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/938/protocolo_1383.2024_requerimento_parlamentar_296.2024_ver._cassio.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/938/protocolo_1383.2024_requerimento_parlamentar_296.2024_ver._cassio.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AS VOSSAS EXCELÊNCIAS, NA FORMA REGIMENTAL, APÓS APRECIAÇÃO DO PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON ALVINO PANTA A REALIZAÇÃO DE POLÍTICA PÚBLICA VOLTADA A FORNECER AUXÍLIO FINANCEIRO PARA OS PROTETORES INDEPENDENTES DOS ANIMAIS DO MUNICÍPIO DE SANTA RITA.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/939/protocolo_1384.2024_requerimento_parlamentar_297.2024_ver._cassio.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/939/protocolo_1384.2024_requerimento_parlamentar_297.2024_ver._cassio.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AS VOSSAS EXCELÊNCIAS, NA FORMA REGIMENTAL E APÓS APRECIAÇÃO DO PLENÁRIO, QUE SEJA ENVIADO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO MUNICIPAL, PARA QUE INCLUA NA PROGRAMAÇÃO ANUAL DE SAÚDE - PAS 2025 DA SECRETARIA MUNICIPAL DE SAÚDE - SMS E NO PLANEJAMENTO DAS AÇÕES DA SECRETARIA MUNICIPAL DE MEIO AMBIENTE - SEMMA A ABERTURA DA CLÍNICA VETERINÁRIA PET NO BAIRRO DE TIBIRI 2 PARA ATENDER TODA A REGIÃO SUL DO MUNICÍPIO DE SANTA RITA.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/966/protocolo_1390.2024_requerimento_parlamentar_298.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/966/protocolo_1390.2024_requerimento_parlamentar_298.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA CONSIGNADO EM ATA DOS TRABALHOS LEGISLATIVOS, VOTOS DE APLAUSOS À PROF. DRA. BERNADINA MARIA JUVENAL FREIRE DE OLIVEIRA, POR SUA NOMEAÇÃO AO CARGO DE PRÓ-REITORA DE EXTENSÃO NA UFPB. QUE A DECISÃO DESSE PLENÁRIO SEJA COMUNICADA AOS FAMILIARES, AMIGOS E AO CORPO DOCENTE E DISCENTE DA REFERIDA INSTITUIÇÃO.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/967/protocolo_1444.2024_requerimento_parlamentar_299.2024_ver._queiroga.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/967/protocolo_1444.2024_requerimento_parlamentar_299.2024_ver._queiroga.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE SUBSCREVE, VEM RESPEITOSAMENTE REQUERER QUE, APÓS OUVIDO EM PLENÁRIO E OBSERVADAS AS DEMAIS FORMALIDADES REGIMENTAIS, SEJA ENCAMINHADO O PRESENTE REQUERIMENTO AO CHEFE DO PODER EXECUTIVO MUNICIPAL, NO QUAL SOLICITA QUE SEJA IMPLANTADO SISTEMA DE CLIMATIZAÇÃO NAS ESCOLAS E CEIS MUNICIPAIS DE SANTA RITA PB.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/968/protocolo_1460.2024_requerimento_parlamentar_300.2024_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/968/protocolo_1460.2024_requerimento_parlamentar_300.2024_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL, DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA CONSIGNADO NA ATA DOS TRABALHOS LEGISLATIVOS, VOTOS DE APLAUSOS AO DR. DIEGO CABRAL MIRANDA, POR SUA RECENTE ELEIÇÃO PARA O CARGO DE SECRETÁRIO GERAL DA ORDEM DOS ADVOGADOS SECCIONAL PARAÍBA NA CHAPA DO DR. HARRISSON TARGINO. QUE A DECISÃO DESSE PLENÁRIO SEJA COMUNICADA AOS FAMILIARES, AMIGOS BEM COMO AO COLEGIADO DA ORDEM DOS ADVOGADOS.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/969/protocolo_1463.2024_requerimento_parlamentar_301.2024_ver._boquinha.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/969/protocolo_1463.2024_requerimento_parlamentar_301.2024_ver._boquinha.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE SEJA CONSIGNADO NA ATA DOS TRABALHOS DESTA CASA LEGISLATIVA, VOTO DE PROFUNDO PESAR PELO FALECIMENTO DO SR. FRANCISCO DE ASSIS ALVES BATISTA CONHECIDO COMO CHICÃO ESPORTES, QUE VEIO A ÓBITO NO ÚLTIMO DIA 1° DE DEZEMBRO DE 2024. QUE A DECISÃO DESTE PLENÁRIO SEJA COMUNICADA AOS FAMILIARES E AMIGOS.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/915/protocolo_1223.2024_parecer_01.2024_gabinete_da_presidencia_da_camara.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/915/protocolo_1223.2024_parecer_01.2024_gabinete_da_presidencia_da_camara.pdf</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/944/protocolo_1402.2024_emenda_ao_projeto_de_lei_84.2024_emenda_01.2024_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/944/protocolo_1402.2024_emenda_ao_projeto_de_lei_84.2024_emenda_01.2024_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>Emenda ao projeto de lei n 84/2024- loa pra o exercício de 2025.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/945/protocolo_1403.2024_emenda_ao_projeto_de_lei_84.2024_emenda_02.2024_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/945/protocolo_1403.2024_emenda_ao_projeto_de_lei_84.2024_emenda_02.2024_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/946/protocolo_1404.2024_emenda_ao_projeto_de_lei_84.2024_emenda_03.2024_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/946/protocolo_1404.2024_emenda_ao_projeto_de_lei_84.2024_emenda_03.2024_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>Emenda ao projeto de lei n 84/2024- loa pra o exercício de 2025</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/947/protocolo_1405.2024_emenda_ao_projeto_de_lei_84.2024_emenda_04.2024_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/947/protocolo_1405.2024_emenda_ao_projeto_de_lei_84.2024_emenda_04.2024_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/948/protocolo_1406.2024_emenda_ao_projeto_de_lei_84.2024_emenda_05.2024_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/948/protocolo_1406.2024_emenda_ao_projeto_de_lei_84.2024_emenda_05.2024_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/949/protocolo_1407.2024_emenda_ao_projeto_de_lei_84.2024_emenda_06.2024_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/949/protocolo_1407.2024_emenda_ao_projeto_de_lei_84.2024_emenda_06.2024_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/950/protocolo_1408.2024_emenda_ao_projeto_de_lei_84.2024_emenda_07.2024_ver._anesio.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/950/protocolo_1408.2024_emenda_ao_projeto_de_lei_84.2024_emenda_07.2024_ver._anesio.pdf</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/951/protocolo_1411.2024_emenda_ao_projeto_de_lei_84.2024_emenda_08.2024_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/951/protocolo_1411.2024_emenda_ao_projeto_de_lei_84.2024_emenda_08.2024_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/952/protocolo_1387.2024_emenda_ao_projeto_de_lei_84.2024_emenda_09.2024_ver._farias.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/952/protocolo_1387.2024_emenda_ao_projeto_de_lei_84.2024_emenda_09.2024_ver._farias.pdf</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/953/protocolo_1388.2024_emenda_ao_projeto_de_lei_84.2024_emenda_10.2024_ver._farias.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/953/protocolo_1388.2024_emenda_ao_projeto_de_lei_84.2024_emenda_10.2024_ver._farias.pdf</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/954/protocolo_1391.2024_emenda_ao_projeto_de_lei_84.2024_emenda_11.2024_ver._farias.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/954/protocolo_1391.2024_emenda_ao_projeto_de_lei_84.2024_emenda_11.2024_ver._farias.pdf</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/955/protocolo_1392.2024_emenda_ao_projeto_de_lei_84.2024_emenda_12.2024_ver._farias.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/955/protocolo_1392.2024_emenda_ao_projeto_de_lei_84.2024_emenda_12.2024_ver._farias.pdf</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/956/protocolo_1399.2024_emenda_ao_projeto_de_lei_84.2024_emenda_13.2024_ver._farias.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/956/protocolo_1399.2024_emenda_ao_projeto_de_lei_84.2024_emenda_13.2024_ver._farias.pdf</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/957/protocolo_1400.2024_emenda_ao_projeto_de_lei_84.2024_emenda_14.2024_ver._farias.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/957/protocolo_1400.2024_emenda_ao_projeto_de_lei_84.2024_emenda_14.2024_ver._farias.pdf</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/958/protocolo_1401.2024_emenda_ao_projeto_de_lei_84.2024_emenda_15.2024_ver._farias.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/958/protocolo_1401.2024_emenda_ao_projeto_de_lei_84.2024_emenda_15.2024_ver._farias.pdf</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/959/protocolo_1409.2024_emenda_ao_projeto_de_lei_84.2024_emenda_16.2024_ver._farias.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/959/protocolo_1409.2024_emenda_ao_projeto_de_lei_84.2024_emenda_16.2024_ver._farias.pdf</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/960/protocolo_1412.2024_emenda_ao_projeto_de_lei_84.2024_emenda_17.2024_ver._farias.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/960/protocolo_1412.2024_emenda_ao_projeto_de_lei_84.2024_emenda_17.2024_ver._farias.pdf</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/961/protocolo_1413.2024_emenda_ao_projeto_de_lei_84.2024_emenda_18.2024_ver._farias.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/961/protocolo_1413.2024_emenda_ao_projeto_de_lei_84.2024_emenda_18.2024_ver._farias.pdf</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/962/protocolo_1414.2024_emenda_ao_projeto_de_lei_84.2024_emenda_19.2024_ver._farias.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/962/protocolo_1414.2024_emenda_ao_projeto_de_lei_84.2024_emenda_19.2024_ver._farias.pdf</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/963/protocolo_1415.2024_emenda_ao_projeto_de_lei_84.2024_emenda_20.2024_ver._farias.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/963/protocolo_1415.2024_emenda_ao_projeto_de_lei_84.2024_emenda_20.2024_ver._farias.pdf</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/964/protocolo_1429.2024_emenda_ao_projeto_de_lei_84.2024_emenda_21.2024_ver._farias.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/964/protocolo_1429.2024_emenda_ao_projeto_de_lei_84.2024_emenda_21.2024_ver._farias.pdf</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/965/protocolo_1430.2024_emenda_ao_projeto_de_lei_84.2024_emenda_22.2024_ver._farias.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/965/protocolo_1430.2024_emenda_ao_projeto_de_lei_84.2024_emenda_22.2024_ver._farias.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -4692,68 +4692,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/675/protocolo_276.2024_projeto_decreto_legislativo_01.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/724/protocolo_400.2024_projeto_de_decreto_legislativo_03.2024_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/740/protocolo_419.2024_projeto_de_decreto_legislativo_04.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/741/protocolo_420.2024_projeto_de_decreto_legislativo_05.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/921/protocolo_1260.2024_projeto_de_decreto_legislativo_06.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/625/protocolo_126.2024_projeto_de_lei_ordinaria_01.2024_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/626/protocolo_187.2024_projeto_de_lei_ordinaria_02.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/647/protocolo_203.2024_projeto_de_lei_ordinaria_03.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/646/protocolo_204.2024_projeto_de_lei_ordinaria_04.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/676/protocolo_205.2024_projeto_de_lei_ordinaria_05.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/652/protocolo_254.2024_projeto_de_lei_ordinaria_06.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/653/protocolo_298.2024_projeto_de_lei_ordinaria_07.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/685/protocolo_304.2024_projeto_de_lei_ordinaria_08.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/686/protocolo_305.2024_projeto_de_lei_ordinaria_09.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/687/protocolo_306.2024_projeto_de_lei_ordinaria_10.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/834/protocolo_360.2024_projeto_de_lei_ordinaria_11.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/837/protocolo_361.2024_projeto_de_lei_ordinaria_12.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/738/protocolo_362.2024_projeto_de_lei_ordinaria_13.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/737/protocolo_363.2024_projeto_de_lei_ordinaria_14.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/838/protocolo_364.2024_projeto_de_lei_ordinaria_15.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/736/protocolo_365.2024_projeto_de_lei_ordinaria_16.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/839/protocolo_366.2024_projeto_de_lei_ordinaria_17.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/840/protocolo_367.2024_projeto_de_lei_ordinaria_18.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/735/protocolo_368.2024_projeto_de_lei_ordinaria_19.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/734/protocolo_369.2024_projeto_de_lei_ordinaria_20.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/836/protocolo_370.2024_projeto_de_lei_ordinaria_21.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/835/protocolo_371.2024_projeto_de_lei_ordinaria_22.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/733/protocolo_372.2024_projeto_de_lei_ordinaria_23.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/833/protocolo_373.2024_projeto_de_lei_ordinaria_24.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/832/protocolo_374.2024_projeto_de_lei_ordinaria_25.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/732/protocolo_375.2024_projeto_de_lei_ordinaria_26.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/731/protocolo_376.2024_projeto_de_lei_ordinaria_27.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/729/protocolo_377.2024_projeto_de_lei_ordinaria_28.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/829/protocolo_378.2024_projeto_de_lei_ordinaria_29.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/730/protocolo_379.2024_projeto_de_lei_ordinaria_30.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/830/protocolo_380.2024_projeto_de_lei_ordinaria_31.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/831/protocolo_381.2024_projeto_de_lei_ordinaria_32.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/723/protocolo_386.2024_projeto_de_lei_ordinaria_33.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/722/protocolo_387.2024_projeto_de_lei_ordinaria_34.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/725/protocolo_390.2024_projeto_de_lei_ordinaria_35.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/727/protocolo_391.2024_projeto_de_lei_ordinaria_36.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/728/protocolo_392.2024_projeto_de_lei_ordinaria_37.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/726/protocolo_393.2024_projeto_de_lei_ordinaria_38.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/720/protocolo_410.2024_projeto_de_lei_ordinaria_39.2024_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/719/protocolo_411.2024_projeto_de_lei_ordinaria_40.2024_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/739/protocolo_423.2024_projeto_de_lei_ordinaria_41.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/797/protocolo_445.2024_projeto_de_lei_ordinaria_42.2024_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/718/protocolo_460.2024_projeto_de_lei_ordinaria_43.2024_poder_executivo_84.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/799/protocolo_475.2024_projeto_de_lei_ordinaria_44.2024_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/798/protocolo_480.2024_projeto_de_lei_ordinaria_45.2024_poder_executivo_emerson_alvino_panta.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/803/protocolo_498.2024_projeto_de_lei_ordinaria_46.2024_poder_executivo_pref._emerson_alvino_panta.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/742/protocolo_500.2024_projeto_de_lei_47.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/801/protocolo_508.2024_projeto_de_lei_ordinaria_48.2024_poder_executivo_pref._emerson_alvino_panta.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/802/protocolo_553.2024_projeto_de_lei_ordinaria_49.2024_poder_executivo_emerson_alvino_panta.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/778/protocolo_577.2024_projeto_de_lei_ordinaria_50.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/779/protocolo_581.2024_projeto_de_lei_ordinaria_51.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/820/protocolo_610.2024_projeto_de_lei_ordinaria_52.2024_poder_executivo_oficio_24.2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/795/protocolo_598.2024_projeto_de_lei_ordinaria_53.2024_poder_executivo_emerson_panta.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/821/protocolo_638.2024_projeto_de_lei_ordinaria_54.2024_poder_executivo_emerson_alvino_panta.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/843/protocolo_683.2024_projeto_de_lei_ordinaria_55.2024_poder_executivo_emerson_alvino_panta.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/819/protocolo_703.2024_projeto_de_lei_ordinaria_56.2024_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/847/protocolo_745.2024_projeto_de_lei_ordinaria_59.2024_poder_executivo_oficio_34.2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/842/protocolo_746.2024_projeto_de_lei_ordinaria_60.2024_poder_executivo_oficio_35.2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/848/protocolo_747.2024_projeto_de_lei_ordinaria_61.2024_poder_executivo_oficio_36.2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/846/protocolo_748.2024_projeto_de_lei_ordinaria_62.2024_poder_executivo_oficio_37.2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/841/protocolo_783.2024_projeto_de_lei_ordinaria_63.2024_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/865/protocolo_801.2024_projeto_de_lei_ordinaria_64.2024_poder_executivo_emerson_alvino_panta.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/828/protocolo_816.2024_projeto_de_lei_ordinaria_65.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/851/protocolo_872.2024_projeto_de_lei_66.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/853/protocolo_882.2024_projeto_de_lei_ordinaria_67.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/856/protocolo_888.2024_projeto_de_lei_ordinaria_68.2024_poder_executivo_oficio_43.2024_1.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/854/protocolo_894.2024_projeto_de_lei_ordinaria_69.2024_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/852/protocolo_938.2024_projeto_de_lei_ordinaria_70.2024_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/855/protocolo_963.2024_projeto_de_lei_ordinaria_71.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/867/protocolo_1003.2024_projeto_de_lei_72.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/866/protocolo_1019.2024_projeto_de_lei_73.2024_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/879/protocolo_1030.2024_projeto_de_lei_ordinaria_74.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/924/protocolo_1085.2024_projeto_de_lei_ordinaria_75.2024_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/897/protocolo_1086.2024_projeto_de_lei_76.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/896/protocolo_1087.2024_projeto_de_lei_77.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/888/protocolo_1089.2024_projeto_de_lei_78.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/923/protocolo_1120.2024_projeto_de_lei_79.2024_poder_executivo_oficio_51.2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/927/protocolo_1121.2024_projeto_de_lei_80.2024_poder_executivo_oficio_52.2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/926/protocolo_1122.2024_projeto_de_lei_81.2024_poder_executivo_oficio_53.2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/922/protocolo_1145.2024_projeto_de_lei_82.2024_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/925/protocolo_1146.2024_projeto_de_lei_83.2024_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/929/protocolo_1210.2024_projeto_de_lei_85.2024_camara_municipal_de_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/930/protocolo_1211.2024_projeto_de_lei_86.2024_mesa_diretora_cmsr.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/918/protocolo_1240.2024_projeto_de_lei_ordinaria_87.2024_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/934/protocolo_1162.2024_projeto_de_lei_88.2024_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/976/protocolo_1315.2024_projeto_de_lei_89.2024_poder_executivo_oficio_61.2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/942/protocolo_1323.2024_projeto_de_lei_90.2024_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/935/protocolo_1164.2024_projeto_de_lei_91.2024_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/943/protocolo_1385.2024_projeto_de_lei_92.2024_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/972/protocolo_1458.2024_projeto_de_lei_93.2024_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/970/protocolo_1459.2024_projeto_de_lei_94.2024_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/974/protocolo_1466.2024_projeto_de_lei_ordinario_95.2024_poder_executivo_oficio_65.2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/800/protocolo_479.2024_projeto_de_lei_complementar_01.2024_poder_executivo_emerson_alvino_panta.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/796/protocolo_511.2024_projeto_de_lei_complementar_02.2024_poder_executivo_pref._emerson_alvino_panta.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/845/protocolo_644.2024_projeto_de_lei_complementar_03.2024_poder_executivo_emerson_alvino_panta.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/844/protocolo_650.2024_projeto_de_lei_complementar_04.2024_poder_executivo_emerson_alvino_panta.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/928/protocolo_750.2024_projeto_de_lei_complementar_05.2024_poder_executivo_oficio_38.2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/973/protocolo_1467.2024_projeto_de_lei_complementar_06.2024_poder_executivo_oficio_64.2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/716/protocolo_316.2024_projeto_de_resolucao_01.2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/917/protocolo_1235.2024_projeto_de_resolucao_03.2024_camara_municipal_de_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/971/protocolo_1461.2024_projeto_de_resolucao_04.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/978/protocolo_1539.2024_projeto_de_resolucao_06.2024_camara_municipal_de_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/911/protocolo_1072.2024_proposta_de_emenda_a_lei_organica_01.2024_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/936/protocolo_1237.2024_projeto_de_emenda_a_lei_organica_02.2024_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/582/protocolo_02.2024_requerimento_parlamentar_01.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/583/protocolo_03.2024_requerimento_parlamentar_02.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/584/protocolo_04.2024_requerimento_parlamentar_03.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/585/protocolo_05.2024_requerimento_parlamentar_04.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/586/protocolo_06.2024_requerimento_parlamentar_05.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/587/protocolo_07.2024_requerimento_parlamentar_06.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/588/protocolo_08.2024_requerimento_parlamentar_07.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/589/protocolo_09.2024_requerimento_parlamentar_08.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/590/protocolo_10.2024_requerimento_parlamentar_09.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/591/protocolo_11.2024_requerimento_parlamentar_10.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/592/protocolo_12.2024_requeirmento_parlamentar_11.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/593/protocolo_13.2024_requerimento_parlamentar_12.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/594/protocolo_14.2024_requerimento_parlamentar_13.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/596/protocolo_15.2024_requerimento_parlamentar_14.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/580/protocolo_31.2024_requerimento_parlamentar_15.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/579/protocolo_32.2024_requerimento_parlamentar_16.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/581/protocolo_33.2024_requerimento_parlamentar_17.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/597/protocolo_35.2024_requerimento_parlamentar_18.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/598/protocolo_36.2024_requerimento_parlamentar_19.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/640/protocolo_37.2024_requerimento_parlamentar_20.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/641/protocolo_38.2024_requerimento_parlamentar_21.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/642/protocolo_39.2024_requerimento_parlamentar_22.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/660/protocolo_40.2024_requerimento_parlamentar_23.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/659/protocolo_41.2024_requerimento_parlamentar_24.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/661/protocolo_42.2024_requerimento_parlamentar_25.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/698/protocolo_43.2024_requerimento_parlamentar_26.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/699/protocolo_44.2024_requerimento_parlamentar_27.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/700/protocolo_45.2024_requerimento_parlamentar_28.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/704/protocolo_46.2024_requerimento_parlamentar_29.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/705/protocolo_47.2024_requerimento_parlamentar_30.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/706/protocolo_48.2024_requerimento_parlamentar_31.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/758/protocolo_49.2024_requerimento_parlamentar_32.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/760/protocolo_50.2024_requeirmento_parlamentar_33.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/761/protocolo_51.2024_requerimento_parlamentar_34.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/605/protocolo_65.2024_requerimento_parlamentar_45.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/610/protocolo_76.2024_requerimento_parlamentar_53.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/611/protocolo_77.2024_requerimento_parlamentar_54.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/612/protocolo_78.2024_requerimento_parlamentar_55.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/602/protocolo_81.2024_requerimento_parlamentar_56.2024_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/643/protocolo_82.2024_requerimento_parlamentar_57.2024_ver._nininho_do_bode.farias.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/603/protocolo_83.2024_requerimento_parlamentar_58.2024_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/604/protocolo_84.2024_requerimento_parlamentar_59.2024_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/599/protocolo_88.2024_requerimento_parlamentar_60.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/637/protocolo_92.2024_requerimento_parlamentar_61.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/638/protocolo_93.2024_requerimento_parlamentar_62.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/639/protocolo_95.2024_requerimento_parlamentar_64.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/600/protocolo_99.2024_requerimento_parlamentar_65.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/601/protocolo_100.2024_requerimento_parlamentar_66.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/644/protocolo_122.2024_requerimento_parlamentar_74.2024_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/645/protocolo_123.2024_requerimento_parlamentar_75.2024_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/608/protocolo_130.2024_requerimento_parlamentar_78.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/606/protocolo_132.2024_requerimento_parlamentar_79.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/607/protocolo_133.2024_requerimento_parlamentar_80.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/609/protocolo_135.2024_requerimento_parlamentar_81.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/670/protocolo_138.2024_requerimento_parlamentar_82.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/671/protocolo_139.2024_requerimento_parlamentar_83.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/672/protocolo_140.2024_requerimento_parlamentar_84.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/689/protocolo_141.2024_requerimento_parlamentar_85.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/690/protocolo_142.2024_requerimento_parlamentar_86.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/691/protocolo_143.2024_requerimento_parlamentar_87.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/762/protocolo_150.2024_requerimento_parlamentar_90.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/619/protocolo_182.2024_requerimento_parlamentar_91.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/620/protocolo_183.2024_requerimento_parlamentar_92.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/621/protocolo_184.2024_requerimento_parlamentar_93.2024_ver._naedson_graciano.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/635/protocolo_185.2024_requerimento_parlamentar_94.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/636/protocolo_186.2024_requerimento_parlamentar_95.2024_ver._naedson_graciano.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/616/protocolo_188.2024_requerimento_parlamentar_96.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/617/protocolo_190.2024_requerimento_parlamentar_97.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/622/protocolo_206.2024_requerimento_parlamentar_98.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/623/protocolo_207.2024_requerimento_parlamentar_99.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/624/protocolo_208.2024_requerimento_parlamentar_100.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/631/protocolo_209.2024_requerimento_parlamentar_101.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/632/protocolo_210.2024_requerimento_parlamentar_102.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/633/protocolo_211.2024_requerimento_parlamentar_103.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/667/protocolo_212.2024_requerimento_parlamentar_104.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/668/protocolo_213.2024_requerimento_parlamentar_105.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/615/protocolo_225.2024_requerimento_parlamentar_107.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/614/protocolo_226.2024_requerimento_parlamentar_108.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/613/protocolo_224.2024_requerimento_parlamentar_109.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/618/protocolo_235.2024_requerimento_parlamentar_110.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/634/protocolo_245.2024_requerimento_parlamentar_111.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/649/protocolo_246.2024_requerimento_parlamentar_112.2024_ver._pastor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/650/protocolo_247.2024_requerimento_parlamentar_113.2024_ver._pastor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/651/protocolo_248.2024_requerimento_parlamentar_114.2024_ver._pastor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/663/protocolo_249.2024_requerimento_parlamentar_115.2024_ver._pastor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/662/protocolo_250.2024_requerimento_parlamentar_116.2024_ver._pastor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/648/protocolo_252.2024_requerimento_parlamentar_118.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/656/protocolo_253.2024_requerimento_parlamentar_119.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/657/protocolo_255.2024_requerimento_parlamentar_120.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/658/protocolo_256.2024_requerimento_parlamentar_121.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/696/protocolo_257.2024_requerimento_parlamentar_122.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/697/protocolo_258.2024_requerimento_parlamentar_123.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/752/protocolo_260.2024_requerimento_parlamentar_124.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/753/protocolo_261.2024_requerimento_parlamentar_125.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/655/protocolo_268.2024_requerimento_parlamentar_126.2024_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/654/protocolo_269.2024_requerimento_parlamentar_127.2024_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/673/protocolo_275.2024_requerimento_parlamentar_128.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/664/protocolo_282.2024_requerimento_parlamentar_129.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/665/protocolo_281.2024_requerimento_parlamentar_130.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/666/protocolo_280.2024_requerimento_parlamentar_131.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/669/protocolo_285.2024_requerimento_parlamentar_132.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/694/protocolo_286.2024_requerimento_parlamentar_133.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/695/protocolo_287.2024_requerimento_parlamentar_134.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/692/protocolo_290.2024_requerimento_parlamentar_135.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/693/protocolo_291.2024_requerimento_parlamentar_136.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/683/protocolo_307.2024_requerimento_parlamentar_137.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/680/protocolo_308.2024_requerimento_parlamentar_138.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/681/protocolo_309.2024_requerimento_parlamentar_139.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/682/protocolo_310.2024_requerimento_parlamentar_140.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/684/protocolo_315.2024_requerimento_parlamentar_142.2024_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/759/protocolo_325.2024_requerimento_parlamentar_143.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/701/protocolo_334.2024_requerimento_parlamentar_149.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/710/protocolo_347.2024_requerimento_parlamentar_150.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/707/protocolo_382.2024_requerimento_parlamentar_151.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/708/protocolo_383.2024_requerimento_parlamentar_152.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/709/protocolo_384.2024_requerimento_parlamentar_153.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/749/protocolo_385.2024_requerimento_parlamentar_154.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/702/protocolo_404.2024_requerimento_parlamentar_155.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/703/protocolo_405.2024_requerimento_parlamentar_156.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/754/protocolo_424.2024_requerimento_parlamentar_157.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/755/protocolo_427.2024_requerimento_parlamentar_158.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/756/protocolo_428.2024_requerimento_parlamentar_159.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/757/protocolo_429.2024_requerimento_parlamentar_160.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/780/protocolo_430.2024_requerimento_parlamentar_161.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/781/protocolo_431.2024_requerimento_parlamentar_162.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/745/protocolo_432.2024_requerimento_parlamentar_163.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/744/protocolo_435.2024_requerimento_parlamentar_164.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/711/protocolo_443.2024_requerimento_parlamentar_167.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/714/protocolo_452.2024_requerimento_parlamentar_168.2024_ver._paulinho_fernandes_e_jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/713/protocolo_453.2024_requerimento_parlamentar_169.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/712/protocolo_454.2024_requerimento_parlamentar_170.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/715/protocolo_458.2024_requerimento_parlamentar_171.2024_ver._boquinha.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/750/protocolo_462.2024_requerimento_parlamentar_172.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/751/protocolo_463.2024_requerimento_parlamentar_173.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/746/protocolo_464.2024_requerimento_parlamentar_174.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/747/protocolo_465.2024_requerimento_parlamentar_175.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/748/protocolo_473.2024_requerimento_parlamentar_179.2024_ver._irmao_josivaldo_1.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/743/protocolo_483.2024_requerimento_parlamentar_180.2024_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/721/protocolo_494.2024_requerimento_parlamentar_181.2024_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/763/protocolo_530.2024_requerimento_parlamentar_182.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/764/protocolo_531.2024_requerimento_parlamentar_183.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/767/protocolo_549.2024_requerimento_parlamentar_184.2024_ver._marinaldo_silva.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/769/protocolo_550.2024_requerimento_parlamentar_185.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/765/protocolo_552.2024_requerimento_parlamentar_186.2024_ver._boquinha.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/782/protocolo_560.2024_requerimento_parlamentar_187.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/783/protocolo_561.2024_requerimento_parlamentar_188.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/766/protocolo_562.2024_requerimento_parlamentar_189.2024_ver._boquinha.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/768/protocolo_571.2024_requerimento_parlamentar_190.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/770/protocolo_578.2024_requerimento_parlamentar_191.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/771/protocolo_579.2024_requerimento_parlamentar_192.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/772/protocolo_584.2024_requerimento_parlamentar_194.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/773/protocolo_585.2024_requerimento_parlamentar_195.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/774/protocolo_586.2024_requerimento_parlamentar_196.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/775/protocolo_587.2024_requerimento_parlamentar_197.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/776/protocolo_588.2024_requerimento_parlamentar_198.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/784/protocolo_589.2024_requerimento_parlamentar_199.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/785/protocolo_590.2024_requerimento_parlamentar_200.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/786/protocolo_591.2024_requerimento_parlamentar_201.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/807/protocolo_592.2024_requerimento_parlamentar_202.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/808/protocolo_593.2024_requerimento_parlamentar_203.2024_ver._paulo_cesar_1.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/809/protocolo_595.2024_requerimento_parlamentar_204.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/777/protocolo_599.2024_requerimento_parlamentar_205.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/787/protocolo_601.2024_requerimento_parlamentar_206.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/794/protocolo_611.2024_requerimento_parlamentar_207.2024_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/788/protocolo_618.2024_requerimento_parlamentar_208.2024_ver._anesio_miranda_1.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/793/protocolo_620.2024_requerimento_parlamentar_209.2024_ver._bruno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/789/protocolo_621.2024_requerimento_parlamentar_210.2024_ver._brunno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/790/protocolo_622.2024_requerimento_parlamentar_211.2024_ver._brunno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/791/protocolo_624.2024_requerimento_parlamentar_212.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/792/protocolo_625.2024_requerimento_parlamentar_213.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/804/protocolo_651.2024_requerimento_parlamentar_214.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/805/protocolo_652.2024_requerimento_parlamentar_215.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/806/protocolo_653.2024_requerimento_parlamentar_216.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/810/protocolo_657.2024_requerimento_parlamentar_217.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/811/protocolo_688.2024_requerimento_parlamentar_218.2024_ver._boquinha.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/812/protocolo_697.2024_requerimento_parlamentar_219.2024_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/813/protocolo_698.2024_requerimento_parlamentar_220.2024_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/816/protocolo_702.2024_requerimento_parlamentar_221.2024_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/817/protocolo_711.2024_requerimento_parlamentar_222.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/818/protocolo_712.2024_requerimento_parlamentar_223.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/815/protocolo_715.2024_requerimento_parlamentar_224.2024_ver._boquinha.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/814/protocolo_737.2024_requerimento_parlamentar_225.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/823/protocolo_752.2024_requerimento_parlamentar_226.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/824/protocolo_753.2024_requerimento_parlamentar_227.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/825/protocolo_760.2024_requerimento_parlamentar_228.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/826/protocolo_761.2024_requerimento_parlamentar_229.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/822/protocolo_820.2024_requerimento_parlamentar_230.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/827/protocolo_822.2024_requerimento_parlamentar_231.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/849/protocolo_857.2024_requerimento_parlamentar_232.2024_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/850/protocolo_858.2024_requerimento_parlamentar_233.2024_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/857/protocolo_904.2024_requerimento_parlamentar_234.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/858/protocolo_905.2024_requerimento_parlamentar_235.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/859/protocolo_906.2024_requerimento_parlamentar_236.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/860/protocolo_908.2024_requerimento_parlamentar_237.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/861/protocolo_909.2024_requerimento_parlamentar_238.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/862/protocolo_910.2024_requerimento_parlamentar_239.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/863/protocolo_942.2024_requerimento_parlamentar_240.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/864/protocolo_943.2024_requerimento_parlamentar_241.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/886/protocolo_948.2024_requerimento_parlamentar_242.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/893/protocolo_949.2024_requerimento_parlamentar_243.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/869/protocolo_1004.2024_requerimento_parlamentar_244.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/870/protocolo_1005.2024_requerimento_parlamentar_245.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/871/protocolo_1006.2024_requerimento_parlamentar_246.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/872/protocolo_1007.2024_requerimento_parlamentar_247.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/873/protocolo_1008.2024_requerimento_parlamentar_248.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/874/protocolo_1009.2024_requerimento_parlamentar_249.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/875/protocolo_1012.2024_requerimento_parlamentar_250.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/868/protocolo_1020.2024_requerimento_parlamentar_251.2024_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/894/protocolo_1000.2024_requerimento_parlamentar_252.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/885/protocolo_1001.2024_requerimento_parlamentar_253.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/892/protocolo_1013.2024_requerimento_parlamentar_254.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/887/protocolo_1018.2024_requerimento_parlamentar_255.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/902/protocolo_1026.2024_requerimento_parlamentar_256.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/899/protocolo_1027.2024_requerimento_parlamentar_257.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/903/protocolo_1028.2024_requerimento_parlamentar_258.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/898/protocolo_1029.2024_requerimento_parlamentar_259.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/876/protocolo_1037.2024_requerimento_parlamentar_260.2024_ver._marinaldo_1.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/877/protocolo_1038.2024_requerimento_parlamentar_265.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/878/protocolo_1039.2024_requerimento_parlamentar_266.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/889/protocolo_1040.2024_requerimento_parlamentar_267.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/890/protocolo_1048.2024_requerimento_parlamentar_268.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/891/protocolo_1049.2024_requerimento_parlamentar_269.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/880/protocolo_1050.2024_requerimento_parlamentar_270.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/881/protocolo_1052.2024_requerimento_parlamentar_271.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/882/protocolo_1053.2024_requerimento_parlamentar_272.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/883/protocolo_1055.2024_requerimento_parlamentar_273.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/884/protocolo_1056.2024_requerimento_parlamentar_274.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/895/protocolo_1010.2024_requerimento_parlamentar_275.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/900/protocolo_1115.2024_requerimento_parlamentar_276.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/901/protocolo_1116.2024_requerimento_parlamentar_277.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/906/protocolo_1142.2024_requerimento_parlamentar_278.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/907/protocolo_1148.2024_requerimento_parlamentar_279.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/908/protocolo_1149.2024_requerimento_parlamentar_280.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/909/protocolo_1150.2024_requerimento_parlamentar_281.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/910/protocolo_1155.2024_requerimento_parlamentar_282.2024_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/904/protocolo_1160.2024_requerimento_parlamentar_283.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/905/protocolo_1161.2024_requerimento_parlamentar_284.2024_ver._boquinha.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/912/protocolo_1165.2024_requerimento_parlamentar_285.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/913/protocolo_1202.2024_requerimento_parlamentar_286.2024_ver._boquinha.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/916/protocolo_1219.2024_requerimento_parlamentar_287.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/920/protocolo_1259.2024_requerimento_parlamentar_288.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/919/protocolo_1261.2024_requerimento_parlamentar_289.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/931/protocolo_1283.2024_requerimento_parlamentar_290.2024_ver._anesio.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/932/protocolo_1284.2024_requerimento_parlamentar_291.2024_ver._anesio.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/933/protocolo_1299.2024_requerimento_parlamentar_292.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/940/protocolo_1332.2024_requerimento_parlamentar_293.2024_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/941/protocolo_1336.2024_requerimento_parlamentar_294.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/937/protocolo_1382.2024_requerimento_parlamentar_295.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/938/protocolo_1383.2024_requerimento_parlamentar_296.2024_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/939/protocolo_1384.2024_requerimento_parlamentar_297.2024_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/966/protocolo_1390.2024_requerimento_parlamentar_298.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/967/protocolo_1444.2024_requerimento_parlamentar_299.2024_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/968/protocolo_1460.2024_requerimento_parlamentar_300.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/969/protocolo_1463.2024_requerimento_parlamentar_301.2024_ver._boquinha.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/915/protocolo_1223.2024_parecer_01.2024_gabinete_da_presidencia_da_camara.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/944/protocolo_1402.2024_emenda_ao_projeto_de_lei_84.2024_emenda_01.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/945/protocolo_1403.2024_emenda_ao_projeto_de_lei_84.2024_emenda_02.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/946/protocolo_1404.2024_emenda_ao_projeto_de_lei_84.2024_emenda_03.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/947/protocolo_1405.2024_emenda_ao_projeto_de_lei_84.2024_emenda_04.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/948/protocolo_1406.2024_emenda_ao_projeto_de_lei_84.2024_emenda_05.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/949/protocolo_1407.2024_emenda_ao_projeto_de_lei_84.2024_emenda_06.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/950/protocolo_1408.2024_emenda_ao_projeto_de_lei_84.2024_emenda_07.2024_ver._anesio.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/951/protocolo_1411.2024_emenda_ao_projeto_de_lei_84.2024_emenda_08.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/952/protocolo_1387.2024_emenda_ao_projeto_de_lei_84.2024_emenda_09.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/953/protocolo_1388.2024_emenda_ao_projeto_de_lei_84.2024_emenda_10.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/954/protocolo_1391.2024_emenda_ao_projeto_de_lei_84.2024_emenda_11.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/955/protocolo_1392.2024_emenda_ao_projeto_de_lei_84.2024_emenda_12.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/956/protocolo_1399.2024_emenda_ao_projeto_de_lei_84.2024_emenda_13.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/957/protocolo_1400.2024_emenda_ao_projeto_de_lei_84.2024_emenda_14.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/958/protocolo_1401.2024_emenda_ao_projeto_de_lei_84.2024_emenda_15.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/959/protocolo_1409.2024_emenda_ao_projeto_de_lei_84.2024_emenda_16.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/960/protocolo_1412.2024_emenda_ao_projeto_de_lei_84.2024_emenda_17.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/961/protocolo_1413.2024_emenda_ao_projeto_de_lei_84.2024_emenda_18.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/962/protocolo_1414.2024_emenda_ao_projeto_de_lei_84.2024_emenda_19.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/963/protocolo_1415.2024_emenda_ao_projeto_de_lei_84.2024_emenda_20.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/964/protocolo_1429.2024_emenda_ao_projeto_de_lei_84.2024_emenda_21.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/965/protocolo_1430.2024_emenda_ao_projeto_de_lei_84.2024_emenda_22.2024_ver._farias.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/675/protocolo_276.2024_projeto_decreto_legislativo_01.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/724/protocolo_400.2024_projeto_de_decreto_legislativo_03.2024_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/740/protocolo_419.2024_projeto_de_decreto_legislativo_04.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/741/protocolo_420.2024_projeto_de_decreto_legislativo_05.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/921/protocolo_1260.2024_projeto_de_decreto_legislativo_06.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/625/protocolo_126.2024_projeto_de_lei_ordinaria_01.2024_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/626/protocolo_187.2024_projeto_de_lei_ordinaria_02.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/647/protocolo_203.2024_projeto_de_lei_ordinaria_03.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/646/protocolo_204.2024_projeto_de_lei_ordinaria_04.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/676/protocolo_205.2024_projeto_de_lei_ordinaria_05.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/652/protocolo_254.2024_projeto_de_lei_ordinaria_06.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/653/protocolo_298.2024_projeto_de_lei_ordinaria_07.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/685/protocolo_304.2024_projeto_de_lei_ordinaria_08.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/686/protocolo_305.2024_projeto_de_lei_ordinaria_09.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/687/protocolo_306.2024_projeto_de_lei_ordinaria_10.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/834/protocolo_360.2024_projeto_de_lei_ordinaria_11.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/837/protocolo_361.2024_projeto_de_lei_ordinaria_12.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/738/protocolo_362.2024_projeto_de_lei_ordinaria_13.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/737/protocolo_363.2024_projeto_de_lei_ordinaria_14.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/838/protocolo_364.2024_projeto_de_lei_ordinaria_15.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/736/protocolo_365.2024_projeto_de_lei_ordinaria_16.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/839/protocolo_366.2024_projeto_de_lei_ordinaria_17.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/840/protocolo_367.2024_projeto_de_lei_ordinaria_18.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/735/protocolo_368.2024_projeto_de_lei_ordinaria_19.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/734/protocolo_369.2024_projeto_de_lei_ordinaria_20.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/836/protocolo_370.2024_projeto_de_lei_ordinaria_21.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/835/protocolo_371.2024_projeto_de_lei_ordinaria_22.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/733/protocolo_372.2024_projeto_de_lei_ordinaria_23.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/833/protocolo_373.2024_projeto_de_lei_ordinaria_24.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/832/protocolo_374.2024_projeto_de_lei_ordinaria_25.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/732/protocolo_375.2024_projeto_de_lei_ordinaria_26.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/731/protocolo_376.2024_projeto_de_lei_ordinaria_27.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/729/protocolo_377.2024_projeto_de_lei_ordinaria_28.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/829/protocolo_378.2024_projeto_de_lei_ordinaria_29.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/730/protocolo_379.2024_projeto_de_lei_ordinaria_30.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/830/protocolo_380.2024_projeto_de_lei_ordinaria_31.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/831/protocolo_381.2024_projeto_de_lei_ordinaria_32.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/723/protocolo_386.2024_projeto_de_lei_ordinaria_33.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/722/protocolo_387.2024_projeto_de_lei_ordinaria_34.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/725/protocolo_390.2024_projeto_de_lei_ordinaria_35.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/727/protocolo_391.2024_projeto_de_lei_ordinaria_36.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/728/protocolo_392.2024_projeto_de_lei_ordinaria_37.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/726/protocolo_393.2024_projeto_de_lei_ordinaria_38.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/720/protocolo_410.2024_projeto_de_lei_ordinaria_39.2024_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/719/protocolo_411.2024_projeto_de_lei_ordinaria_40.2024_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/739/protocolo_423.2024_projeto_de_lei_ordinaria_41.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/797/protocolo_445.2024_projeto_de_lei_ordinaria_42.2024_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/718/protocolo_460.2024_projeto_de_lei_ordinaria_43.2024_poder_executivo_84.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/799/protocolo_475.2024_projeto_de_lei_ordinaria_44.2024_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/798/protocolo_480.2024_projeto_de_lei_ordinaria_45.2024_poder_executivo_emerson_alvino_panta.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/803/protocolo_498.2024_projeto_de_lei_ordinaria_46.2024_poder_executivo_pref._emerson_alvino_panta.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/742/protocolo_500.2024_projeto_de_lei_47.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/801/protocolo_508.2024_projeto_de_lei_ordinaria_48.2024_poder_executivo_pref._emerson_alvino_panta.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/802/protocolo_553.2024_projeto_de_lei_ordinaria_49.2024_poder_executivo_emerson_alvino_panta.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/778/protocolo_577.2024_projeto_de_lei_ordinaria_50.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/779/protocolo_581.2024_projeto_de_lei_ordinaria_51.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/820/protocolo_610.2024_projeto_de_lei_ordinaria_52.2024_poder_executivo_oficio_24.2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/795/protocolo_598.2024_projeto_de_lei_ordinaria_53.2024_poder_executivo_emerson_panta.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/821/protocolo_638.2024_projeto_de_lei_ordinaria_54.2024_poder_executivo_emerson_alvino_panta.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/843/protocolo_683.2024_projeto_de_lei_ordinaria_55.2024_poder_executivo_emerson_alvino_panta.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/819/protocolo_703.2024_projeto_de_lei_ordinaria_56.2024_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/847/protocolo_745.2024_projeto_de_lei_ordinaria_59.2024_poder_executivo_oficio_34.2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/842/protocolo_746.2024_projeto_de_lei_ordinaria_60.2024_poder_executivo_oficio_35.2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/848/protocolo_747.2024_projeto_de_lei_ordinaria_61.2024_poder_executivo_oficio_36.2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/846/protocolo_748.2024_projeto_de_lei_ordinaria_62.2024_poder_executivo_oficio_37.2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/841/protocolo_783.2024_projeto_de_lei_ordinaria_63.2024_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/865/protocolo_801.2024_projeto_de_lei_ordinaria_64.2024_poder_executivo_emerson_alvino_panta.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/828/protocolo_816.2024_projeto_de_lei_ordinaria_65.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/851/protocolo_872.2024_projeto_de_lei_66.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/853/protocolo_882.2024_projeto_de_lei_ordinaria_67.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/856/protocolo_888.2024_projeto_de_lei_ordinaria_68.2024_poder_executivo_oficio_43.2024_1.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/854/protocolo_894.2024_projeto_de_lei_ordinaria_69.2024_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/852/protocolo_938.2024_projeto_de_lei_ordinaria_70.2024_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/855/protocolo_963.2024_projeto_de_lei_ordinaria_71.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/867/protocolo_1003.2024_projeto_de_lei_72.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/866/protocolo_1019.2024_projeto_de_lei_73.2024_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/879/protocolo_1030.2024_projeto_de_lei_ordinaria_74.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/924/protocolo_1085.2024_projeto_de_lei_ordinaria_75.2024_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/897/protocolo_1086.2024_projeto_de_lei_76.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/896/protocolo_1087.2024_projeto_de_lei_77.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/888/protocolo_1089.2024_projeto_de_lei_78.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/923/protocolo_1120.2024_projeto_de_lei_79.2024_poder_executivo_oficio_51.2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/927/protocolo_1121.2024_projeto_de_lei_80.2024_poder_executivo_oficio_52.2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/926/protocolo_1122.2024_projeto_de_lei_81.2024_poder_executivo_oficio_53.2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/922/protocolo_1145.2024_projeto_de_lei_82.2024_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/925/protocolo_1146.2024_projeto_de_lei_83.2024_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/929/protocolo_1210.2024_projeto_de_lei_85.2024_camara_municipal_de_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/930/protocolo_1211.2024_projeto_de_lei_86.2024_mesa_diretora_cmsr.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/918/protocolo_1240.2024_projeto_de_lei_ordinaria_87.2024_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/934/protocolo_1162.2024_projeto_de_lei_88.2024_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/976/protocolo_1315.2024_projeto_de_lei_89.2024_poder_executivo_oficio_61.2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/942/protocolo_1323.2024_projeto_de_lei_90.2024_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/935/protocolo_1164.2024_projeto_de_lei_91.2024_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/943/protocolo_1385.2024_projeto_de_lei_92.2024_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/972/protocolo_1458.2024_projeto_de_lei_93.2024_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/970/protocolo_1459.2024_projeto_de_lei_94.2024_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/974/protocolo_1466.2024_projeto_de_lei_ordinario_95.2024_poder_executivo_oficio_65.2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/800/protocolo_479.2024_projeto_de_lei_complementar_01.2024_poder_executivo_emerson_alvino_panta.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/796/protocolo_511.2024_projeto_de_lei_complementar_02.2024_poder_executivo_pref._emerson_alvino_panta.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/845/protocolo_644.2024_projeto_de_lei_complementar_03.2024_poder_executivo_emerson_alvino_panta.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/844/protocolo_650.2024_projeto_de_lei_complementar_04.2024_poder_executivo_emerson_alvino_panta.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/928/protocolo_750.2024_projeto_de_lei_complementar_05.2024_poder_executivo_oficio_38.2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/973/protocolo_1467.2024_projeto_de_lei_complementar_06.2024_poder_executivo_oficio_64.2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/716/protocolo_316.2024_projeto_de_resolucao_01.2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/917/protocolo_1235.2024_projeto_de_resolucao_03.2024_camara_municipal_de_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/971/protocolo_1461.2024_projeto_de_resolucao_04.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/978/protocolo_1539.2024_projeto_de_resolucao_06.2024_camara_municipal_de_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/911/protocolo_1072.2024_proposta_de_emenda_a_lei_organica_01.2024_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/936/protocolo_1237.2024_projeto_de_emenda_a_lei_organica_02.2024_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/582/protocolo_02.2024_requerimento_parlamentar_01.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/583/protocolo_03.2024_requerimento_parlamentar_02.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/584/protocolo_04.2024_requerimento_parlamentar_03.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/585/protocolo_05.2024_requerimento_parlamentar_04.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/586/protocolo_06.2024_requerimento_parlamentar_05.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/587/protocolo_07.2024_requerimento_parlamentar_06.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/588/protocolo_08.2024_requerimento_parlamentar_07.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/589/protocolo_09.2024_requerimento_parlamentar_08.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/590/protocolo_10.2024_requerimento_parlamentar_09.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/591/protocolo_11.2024_requerimento_parlamentar_10.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/592/protocolo_12.2024_requeirmento_parlamentar_11.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/593/protocolo_13.2024_requerimento_parlamentar_12.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/594/protocolo_14.2024_requerimento_parlamentar_13.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/596/protocolo_15.2024_requerimento_parlamentar_14.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/580/protocolo_31.2024_requerimento_parlamentar_15.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/579/protocolo_32.2024_requerimento_parlamentar_16.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/581/protocolo_33.2024_requerimento_parlamentar_17.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/597/protocolo_35.2024_requerimento_parlamentar_18.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/598/protocolo_36.2024_requerimento_parlamentar_19.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/640/protocolo_37.2024_requerimento_parlamentar_20.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/641/protocolo_38.2024_requerimento_parlamentar_21.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/642/protocolo_39.2024_requerimento_parlamentar_22.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/660/protocolo_40.2024_requerimento_parlamentar_23.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/659/protocolo_41.2024_requerimento_parlamentar_24.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/661/protocolo_42.2024_requerimento_parlamentar_25.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/698/protocolo_43.2024_requerimento_parlamentar_26.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/699/protocolo_44.2024_requerimento_parlamentar_27.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/700/protocolo_45.2024_requerimento_parlamentar_28.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/704/protocolo_46.2024_requerimento_parlamentar_29.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/705/protocolo_47.2024_requerimento_parlamentar_30.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/706/protocolo_48.2024_requerimento_parlamentar_31.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/758/protocolo_49.2024_requerimento_parlamentar_32.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/760/protocolo_50.2024_requeirmento_parlamentar_33.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/761/protocolo_51.2024_requerimento_parlamentar_34.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/605/protocolo_65.2024_requerimento_parlamentar_45.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/610/protocolo_76.2024_requerimento_parlamentar_53.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/611/protocolo_77.2024_requerimento_parlamentar_54.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/612/protocolo_78.2024_requerimento_parlamentar_55.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/602/protocolo_81.2024_requerimento_parlamentar_56.2024_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/643/protocolo_82.2024_requerimento_parlamentar_57.2024_ver._nininho_do_bode.farias.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/603/protocolo_83.2024_requerimento_parlamentar_58.2024_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/604/protocolo_84.2024_requerimento_parlamentar_59.2024_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/599/protocolo_88.2024_requerimento_parlamentar_60.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/637/protocolo_92.2024_requerimento_parlamentar_61.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/638/protocolo_93.2024_requerimento_parlamentar_62.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/639/protocolo_95.2024_requerimento_parlamentar_64.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/600/protocolo_99.2024_requerimento_parlamentar_65.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/601/protocolo_100.2024_requerimento_parlamentar_66.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/644/protocolo_122.2024_requerimento_parlamentar_74.2024_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/645/protocolo_123.2024_requerimento_parlamentar_75.2024_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/608/protocolo_130.2024_requerimento_parlamentar_78.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/606/protocolo_132.2024_requerimento_parlamentar_79.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/607/protocolo_133.2024_requerimento_parlamentar_80.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/609/protocolo_135.2024_requerimento_parlamentar_81.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/670/protocolo_138.2024_requerimento_parlamentar_82.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/671/protocolo_139.2024_requerimento_parlamentar_83.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/672/protocolo_140.2024_requerimento_parlamentar_84.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/689/protocolo_141.2024_requerimento_parlamentar_85.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/690/protocolo_142.2024_requerimento_parlamentar_86.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/691/protocolo_143.2024_requerimento_parlamentar_87.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/762/protocolo_150.2024_requerimento_parlamentar_90.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/619/protocolo_182.2024_requerimento_parlamentar_91.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/620/protocolo_183.2024_requerimento_parlamentar_92.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/621/protocolo_184.2024_requerimento_parlamentar_93.2024_ver._naedson_graciano.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/635/protocolo_185.2024_requerimento_parlamentar_94.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/636/protocolo_186.2024_requerimento_parlamentar_95.2024_ver._naedson_graciano.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/616/protocolo_188.2024_requerimento_parlamentar_96.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/617/protocolo_190.2024_requerimento_parlamentar_97.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/622/protocolo_206.2024_requerimento_parlamentar_98.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/623/protocolo_207.2024_requerimento_parlamentar_99.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/624/protocolo_208.2024_requerimento_parlamentar_100.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/631/protocolo_209.2024_requerimento_parlamentar_101.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/632/protocolo_210.2024_requerimento_parlamentar_102.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/633/protocolo_211.2024_requerimento_parlamentar_103.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/667/protocolo_212.2024_requerimento_parlamentar_104.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/668/protocolo_213.2024_requerimento_parlamentar_105.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/615/protocolo_225.2024_requerimento_parlamentar_107.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/614/protocolo_226.2024_requerimento_parlamentar_108.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/613/protocolo_224.2024_requerimento_parlamentar_109.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/618/protocolo_235.2024_requerimento_parlamentar_110.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/634/protocolo_245.2024_requerimento_parlamentar_111.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/649/protocolo_246.2024_requerimento_parlamentar_112.2024_ver._pastor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/650/protocolo_247.2024_requerimento_parlamentar_113.2024_ver._pastor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/651/protocolo_248.2024_requerimento_parlamentar_114.2024_ver._pastor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/663/protocolo_249.2024_requerimento_parlamentar_115.2024_ver._pastor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/662/protocolo_250.2024_requerimento_parlamentar_116.2024_ver._pastor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/648/protocolo_252.2024_requerimento_parlamentar_118.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/656/protocolo_253.2024_requerimento_parlamentar_119.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/657/protocolo_255.2024_requerimento_parlamentar_120.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/658/protocolo_256.2024_requerimento_parlamentar_121.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/696/protocolo_257.2024_requerimento_parlamentar_122.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/697/protocolo_258.2024_requerimento_parlamentar_123.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/752/protocolo_260.2024_requerimento_parlamentar_124.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/753/protocolo_261.2024_requerimento_parlamentar_125.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/655/protocolo_268.2024_requerimento_parlamentar_126.2024_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/654/protocolo_269.2024_requerimento_parlamentar_127.2024_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/673/protocolo_275.2024_requerimento_parlamentar_128.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/664/protocolo_282.2024_requerimento_parlamentar_129.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/665/protocolo_281.2024_requerimento_parlamentar_130.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/666/protocolo_280.2024_requerimento_parlamentar_131.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/669/protocolo_285.2024_requerimento_parlamentar_132.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/694/protocolo_286.2024_requerimento_parlamentar_133.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/695/protocolo_287.2024_requerimento_parlamentar_134.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/692/protocolo_290.2024_requerimento_parlamentar_135.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/693/protocolo_291.2024_requerimento_parlamentar_136.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/683/protocolo_307.2024_requerimento_parlamentar_137.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/680/protocolo_308.2024_requerimento_parlamentar_138.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/681/protocolo_309.2024_requerimento_parlamentar_139.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/682/protocolo_310.2024_requerimento_parlamentar_140.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/684/protocolo_315.2024_requerimento_parlamentar_142.2024_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/759/protocolo_325.2024_requerimento_parlamentar_143.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/701/protocolo_334.2024_requerimento_parlamentar_149.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/710/protocolo_347.2024_requerimento_parlamentar_150.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/707/protocolo_382.2024_requerimento_parlamentar_151.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/708/protocolo_383.2024_requerimento_parlamentar_152.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/709/protocolo_384.2024_requerimento_parlamentar_153.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/749/protocolo_385.2024_requerimento_parlamentar_154.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/702/protocolo_404.2024_requerimento_parlamentar_155.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/703/protocolo_405.2024_requerimento_parlamentar_156.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/754/protocolo_424.2024_requerimento_parlamentar_157.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/755/protocolo_427.2024_requerimento_parlamentar_158.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/756/protocolo_428.2024_requerimento_parlamentar_159.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/757/protocolo_429.2024_requerimento_parlamentar_160.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/780/protocolo_430.2024_requerimento_parlamentar_161.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/781/protocolo_431.2024_requerimento_parlamentar_162.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/745/protocolo_432.2024_requerimento_parlamentar_163.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/744/protocolo_435.2024_requerimento_parlamentar_164.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/711/protocolo_443.2024_requerimento_parlamentar_167.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/714/protocolo_452.2024_requerimento_parlamentar_168.2024_ver._paulinho_fernandes_e_jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/713/protocolo_453.2024_requerimento_parlamentar_169.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/712/protocolo_454.2024_requerimento_parlamentar_170.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/715/protocolo_458.2024_requerimento_parlamentar_171.2024_ver._boquinha.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/750/protocolo_462.2024_requerimento_parlamentar_172.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/751/protocolo_463.2024_requerimento_parlamentar_173.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/746/protocolo_464.2024_requerimento_parlamentar_174.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/747/protocolo_465.2024_requerimento_parlamentar_175.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/748/protocolo_473.2024_requerimento_parlamentar_179.2024_ver._irmao_josivaldo_1.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/743/protocolo_483.2024_requerimento_parlamentar_180.2024_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/721/protocolo_494.2024_requerimento_parlamentar_181.2024_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/763/protocolo_530.2024_requerimento_parlamentar_182.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/764/protocolo_531.2024_requerimento_parlamentar_183.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/767/protocolo_549.2024_requerimento_parlamentar_184.2024_ver._marinaldo_silva.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/769/protocolo_550.2024_requerimento_parlamentar_185.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/765/protocolo_552.2024_requerimento_parlamentar_186.2024_ver._boquinha.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/782/protocolo_560.2024_requerimento_parlamentar_187.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/783/protocolo_561.2024_requerimento_parlamentar_188.2024_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/766/protocolo_562.2024_requerimento_parlamentar_189.2024_ver._boquinha.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/768/protocolo_571.2024_requerimento_parlamentar_190.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/770/protocolo_578.2024_requerimento_parlamentar_191.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/771/protocolo_579.2024_requerimento_parlamentar_192.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/772/protocolo_584.2024_requerimento_parlamentar_194.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/773/protocolo_585.2024_requerimento_parlamentar_195.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/774/protocolo_586.2024_requerimento_parlamentar_196.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/775/protocolo_587.2024_requerimento_parlamentar_197.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/776/protocolo_588.2024_requerimento_parlamentar_198.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/784/protocolo_589.2024_requerimento_parlamentar_199.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/785/protocolo_590.2024_requerimento_parlamentar_200.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/786/protocolo_591.2024_requerimento_parlamentar_201.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/807/protocolo_592.2024_requerimento_parlamentar_202.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/808/protocolo_593.2024_requerimento_parlamentar_203.2024_ver._paulo_cesar_1.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/809/protocolo_595.2024_requerimento_parlamentar_204.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/777/protocolo_599.2024_requerimento_parlamentar_205.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/787/protocolo_601.2024_requerimento_parlamentar_206.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/794/protocolo_611.2024_requerimento_parlamentar_207.2024_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/788/protocolo_618.2024_requerimento_parlamentar_208.2024_ver._anesio_miranda_1.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/793/protocolo_620.2024_requerimento_parlamentar_209.2024_ver._bruno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/789/protocolo_621.2024_requerimento_parlamentar_210.2024_ver._brunno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/790/protocolo_622.2024_requerimento_parlamentar_211.2024_ver._brunno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/791/protocolo_624.2024_requerimento_parlamentar_212.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/792/protocolo_625.2024_requerimento_parlamentar_213.2024_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/804/protocolo_651.2024_requerimento_parlamentar_214.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/805/protocolo_652.2024_requerimento_parlamentar_215.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/806/protocolo_653.2024_requerimento_parlamentar_216.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/810/protocolo_657.2024_requerimento_parlamentar_217.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/811/protocolo_688.2024_requerimento_parlamentar_218.2024_ver._boquinha.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/812/protocolo_697.2024_requerimento_parlamentar_219.2024_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/813/protocolo_698.2024_requerimento_parlamentar_220.2024_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/816/protocolo_702.2024_requerimento_parlamentar_221.2024_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/817/protocolo_711.2024_requerimento_parlamentar_222.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/818/protocolo_712.2024_requerimento_parlamentar_223.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/815/protocolo_715.2024_requerimento_parlamentar_224.2024_ver._boquinha.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/814/protocolo_737.2024_requerimento_parlamentar_225.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/823/protocolo_752.2024_requerimento_parlamentar_226.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/824/protocolo_753.2024_requerimento_parlamentar_227.2024_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/825/protocolo_760.2024_requerimento_parlamentar_228.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/826/protocolo_761.2024_requerimento_parlamentar_229.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/822/protocolo_820.2024_requerimento_parlamentar_230.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/827/protocolo_822.2024_requerimento_parlamentar_231.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/849/protocolo_857.2024_requerimento_parlamentar_232.2024_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/850/protocolo_858.2024_requerimento_parlamentar_233.2024_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/857/protocolo_904.2024_requerimento_parlamentar_234.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/858/protocolo_905.2024_requerimento_parlamentar_235.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/859/protocolo_906.2024_requerimento_parlamentar_236.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/860/protocolo_908.2024_requerimento_parlamentar_237.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/861/protocolo_909.2024_requerimento_parlamentar_238.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/862/protocolo_910.2024_requerimento_parlamentar_239.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/863/protocolo_942.2024_requerimento_parlamentar_240.2024_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/864/protocolo_943.2024_requerimento_parlamentar_241.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/886/protocolo_948.2024_requerimento_parlamentar_242.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/893/protocolo_949.2024_requerimento_parlamentar_243.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/869/protocolo_1004.2024_requerimento_parlamentar_244.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/870/protocolo_1005.2024_requerimento_parlamentar_245.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/871/protocolo_1006.2024_requerimento_parlamentar_246.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/872/protocolo_1007.2024_requerimento_parlamentar_247.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/873/protocolo_1008.2024_requerimento_parlamentar_248.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/874/protocolo_1009.2024_requerimento_parlamentar_249.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/875/protocolo_1012.2024_requerimento_parlamentar_250.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/868/protocolo_1020.2024_requerimento_parlamentar_251.2024_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/894/protocolo_1000.2024_requerimento_parlamentar_252.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/885/protocolo_1001.2024_requerimento_parlamentar_253.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/892/protocolo_1013.2024_requerimento_parlamentar_254.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/887/protocolo_1018.2024_requerimento_parlamentar_255.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/902/protocolo_1026.2024_requerimento_parlamentar_256.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/899/protocolo_1027.2024_requerimento_parlamentar_257.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/903/protocolo_1028.2024_requerimento_parlamentar_258.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/898/protocolo_1029.2024_requerimento_parlamentar_259.2024_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/876/protocolo_1037.2024_requerimento_parlamentar_260.2024_ver._marinaldo_1.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/877/protocolo_1038.2024_requerimento_parlamentar_265.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/878/protocolo_1039.2024_requerimento_parlamentar_266.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/889/protocolo_1040.2024_requerimento_parlamentar_267.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/890/protocolo_1048.2024_requerimento_parlamentar_268.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/891/protocolo_1049.2024_requerimento_parlamentar_269.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/880/protocolo_1050.2024_requerimento_parlamentar_270.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/881/protocolo_1052.2024_requerimento_parlamentar_271.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/882/protocolo_1053.2024_requerimento_parlamentar_272.2024_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/883/protocolo_1055.2024_requerimento_parlamentar_273.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/884/protocolo_1056.2024_requerimento_parlamentar_274.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/895/protocolo_1010.2024_requerimento_parlamentar_275.2024_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/900/protocolo_1115.2024_requerimento_parlamentar_276.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/901/protocolo_1116.2024_requerimento_parlamentar_277.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/906/protocolo_1142.2024_requerimento_parlamentar_278.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/907/protocolo_1148.2024_requerimento_parlamentar_279.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/908/protocolo_1149.2024_requerimento_parlamentar_280.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/909/protocolo_1150.2024_requerimento_parlamentar_281.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/910/protocolo_1155.2024_requerimento_parlamentar_282.2024_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/904/protocolo_1160.2024_requerimento_parlamentar_283.2024_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/905/protocolo_1161.2024_requerimento_parlamentar_284.2024_ver._boquinha.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/912/protocolo_1165.2024_requerimento_parlamentar_285.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/913/protocolo_1202.2024_requerimento_parlamentar_286.2024_ver._boquinha.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/916/protocolo_1219.2024_requerimento_parlamentar_287.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/920/protocolo_1259.2024_requerimento_parlamentar_288.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/919/protocolo_1261.2024_requerimento_parlamentar_289.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/931/protocolo_1283.2024_requerimento_parlamentar_290.2024_ver._anesio.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/932/protocolo_1284.2024_requerimento_parlamentar_291.2024_ver._anesio.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/933/protocolo_1299.2024_requerimento_parlamentar_292.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/940/protocolo_1332.2024_requerimento_parlamentar_293.2024_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/941/protocolo_1336.2024_requerimento_parlamentar_294.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/937/protocolo_1382.2024_requerimento_parlamentar_295.2024_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/938/protocolo_1383.2024_requerimento_parlamentar_296.2024_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/939/protocolo_1384.2024_requerimento_parlamentar_297.2024_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/966/protocolo_1390.2024_requerimento_parlamentar_298.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/967/protocolo_1444.2024_requerimento_parlamentar_299.2024_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/968/protocolo_1460.2024_requerimento_parlamentar_300.2024_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/969/protocolo_1463.2024_requerimento_parlamentar_301.2024_ver._boquinha.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/915/protocolo_1223.2024_parecer_01.2024_gabinete_da_presidencia_da_camara.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/944/protocolo_1402.2024_emenda_ao_projeto_de_lei_84.2024_emenda_01.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/945/protocolo_1403.2024_emenda_ao_projeto_de_lei_84.2024_emenda_02.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/946/protocolo_1404.2024_emenda_ao_projeto_de_lei_84.2024_emenda_03.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/947/protocolo_1405.2024_emenda_ao_projeto_de_lei_84.2024_emenda_04.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/948/protocolo_1406.2024_emenda_ao_projeto_de_lei_84.2024_emenda_05.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/949/protocolo_1407.2024_emenda_ao_projeto_de_lei_84.2024_emenda_06.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/950/protocolo_1408.2024_emenda_ao_projeto_de_lei_84.2024_emenda_07.2024_ver._anesio.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/951/protocolo_1411.2024_emenda_ao_projeto_de_lei_84.2024_emenda_08.2024_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/952/protocolo_1387.2024_emenda_ao_projeto_de_lei_84.2024_emenda_09.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/953/protocolo_1388.2024_emenda_ao_projeto_de_lei_84.2024_emenda_10.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/954/protocolo_1391.2024_emenda_ao_projeto_de_lei_84.2024_emenda_11.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/955/protocolo_1392.2024_emenda_ao_projeto_de_lei_84.2024_emenda_12.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/956/protocolo_1399.2024_emenda_ao_projeto_de_lei_84.2024_emenda_13.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/957/protocolo_1400.2024_emenda_ao_projeto_de_lei_84.2024_emenda_14.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/958/protocolo_1401.2024_emenda_ao_projeto_de_lei_84.2024_emenda_15.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/959/protocolo_1409.2024_emenda_ao_projeto_de_lei_84.2024_emenda_16.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/960/protocolo_1412.2024_emenda_ao_projeto_de_lei_84.2024_emenda_17.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/961/protocolo_1413.2024_emenda_ao_projeto_de_lei_84.2024_emenda_18.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/962/protocolo_1414.2024_emenda_ao_projeto_de_lei_84.2024_emenda_19.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/963/protocolo_1415.2024_emenda_ao_projeto_de_lei_84.2024_emenda_20.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/964/protocolo_1429.2024_emenda_ao_projeto_de_lei_84.2024_emenda_21.2024_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2024/965/protocolo_1430.2024_emenda_ao_projeto_de_lei_84.2024_emenda_22.2024_ver._farias.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H393"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="170.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="169.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>