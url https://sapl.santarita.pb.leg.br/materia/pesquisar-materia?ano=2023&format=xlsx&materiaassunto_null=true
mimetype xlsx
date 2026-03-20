--- v0 (2025-10-28)
+++ v1 (2026-03-20)
@@ -54,5373 +54,5373 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Nininho do Bode</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/188/protocolo_170.2023_projeto_de_decreto_legislativo_001.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/188/protocolo_170.2023_projeto_de_decreto_legislativo_001.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão santarritense e adota outras providencias.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Anésio Alves</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/203/protocolo_513.2023_projeto_de_decreto_legislativo_002.2023_ver._anesio_miranda.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/203/protocolo_513.2023_projeto_de_decreto_legislativo_002.2023_ver._anesio_miranda.pdf</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Cássio</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/108/protocolo_882.2023_projeto_de_decreto_legislativo_03.2023_ver._cassio.celio.naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/108/protocolo_882.2023_projeto_de_decreto_legislativo_03.2023_ver._cassio.celio.naedson.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão Santarritense ao Pastor Waldir Fernandes da Luz.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Irmão Josivaldo</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/252/protocolo_1147.2023_projeto_de_decreto_de_lei_04.2023_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/252/protocolo_1147.2023_projeto_de_decreto_de_lei_04.2023_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Concede titulo cidadão santarritense, e adota outras providencias.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Sebastião do sindicato</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/379/protocolo_1390.2023_projeto_de_decreto_legislativo_05.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/379/protocolo_1390.2023_projeto_de_decreto_legislativo_05.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão Santarritense e adota outras providencias.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/382/protocolo_1391.2023_projeto_de_decreto_legislativo_06.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/382/protocolo_1391.2023_projeto_de_decreto_legislativo_06.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/380/protocolo_1413.2023_projeto_de_decreto_legislativo_07.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/380/protocolo_1413.2023_projeto_de_decreto_legislativo_07.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/381/protocolo_1414.2023_projeto_de_decreto_legislativo_08.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/381/protocolo_1414.2023_projeto_de_decreto_legislativo_08.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Célio Rufino</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/385/protocolo_1424.2023_projeto_de_decreto_lei_legislativo_09.2023_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/385/protocolo_1424.2023_projeto_de_decreto_lei_legislativo_09.2023_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO SANTARRITENSE E ADOTA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/384/protocolo_1431.2023_projeto_de_decreto_legislativo_10.2023_ver._sebastiao_de_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/384/protocolo_1431.2023_projeto_de_decreto_legislativo_10.2023_ver._sebastiao_de_sindicato.pdf</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/383/protocolo_1432.2023_projeto_de_decreto_legislativo_11.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/383/protocolo_1432.2023_projeto_de_decreto_legislativo_11.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Paulinho Fernandes</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/398/protocolo_1446.2023_projeto_de_decreto_legislativo_12.2023_ver._paulo_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/398/protocolo_1446.2023_projeto_de_decreto_legislativo_12.2023_ver._paulo_fernandes.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO SANTARRITENSE AO DR. LUCAS RIBEIRO NOVAIS DE ARAÚJO, VICE GOVERNADOR DO ESTADO DA PARAÍBA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/406/protocolo_1475.2023_projeto_de_decreto_legislativo_13.2023_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/406/protocolo_1475.2023_projeto_de_decreto_legislativo_13.2023_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO SANTARRITENSE AO DR. JEAN FRANCISCO BEZERRA NUNES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/407/protocolo_1476.2023_projeto_de_decreto_legislativo_14.2023_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/407/protocolo_1476.2023_projeto_de_decreto_legislativo_14.2023_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO SANTARRITENSE AO DR. EFRAIM DE ARAÚJO MORAIS FILHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Gabinete da Presidência - GABPRES</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/</t>
+    <t>http://sapl.santarita.pb.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O JULGAMENTO DA PRESTAÇÃO DE CONTAS DO CHEFE DO PODER EXECUTIVO MUNICIPAL DE SANTA RITA - PB RELATIVA AO EXERCÍCIO DE 2020.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Bruno de Cicinha</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/415/protocolo_1506.2023_projeto_de_decreto_legislativo_16.2023_ver._bruno_de_cicinha.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/415/protocolo_1506.2023_projeto_de_decreto_legislativo_16.2023_ver._bruno_de_cicinha.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ SANTARRITENSE E ADOTA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/420/protocolo_1503.2023_projeto_de_decreto_legislativo_17.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/420/protocolo_1503.2023_projeto_de_decreto_legislativo_17.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/438/protocolo_1531.2023_projeto_de_decreto_legislativo_18.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/438/protocolo_1531.2023_projeto_de_decreto_legislativo_18.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO SANTARITENSE E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/437/protocolo_1532.2023_projeto_de_decreto_legislativo_19.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/437/protocolo_1532.2023_projeto_de_decreto_legislativo_19.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/433/protocolo_1562.2023_projeto_de_decreto_legislativo_20.2023_ver._paulinho_fernandes_e_jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/433/protocolo_1562.2023_projeto_de_decreto_legislativo_20.2023_ver._paulinho_fernandes_e_jackson_alvino.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ SANTARRITENSE A JORNALISTA MARCELLE LATA MOSSO.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Farias</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/448/protocolo_1575.2023_projeto_de_decreto_legislativo_21.2023_ver._farias.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/448/protocolo_1575.2023_projeto_de_decreto_legislativo_21.2023_ver._farias.pdf</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/492/protocolo_1649.2023_projeto_de_decreto_legislativo_22.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/492/protocolo_1649.2023_projeto_de_decreto_legislativo_22.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/627/protocolo_1914.2023_projeto_de_decreto_legislativo_23.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/627/protocolo_1914.2023_projeto_de_decreto_legislativo_23.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Santarritense e adota outras providências</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/225/protocolo_13.2023_projeto_de_lei_ordinaria_001.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/225/protocolo_13.2023_projeto_de_lei_ordinaria_001.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>Institui a semana Municipal de Conscientização sobre a Síndrome de Down e dá outras providências.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/226/protocolo_12.2023_projeto_de_lei_ordinaria_002.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/226/protocolo_12.2023_projeto_de_lei_ordinaria_002.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>Institui a semana Municipal da semana com a Deficiência no Município de Santa Rita - PB e adota outras providências.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>Emerson Panta</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/257/protocolo_1280.2023_projeto_de_lei_ordinaria_003.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/257/protocolo_1280.2023_projeto_de_lei_ordinaria_003.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICIPIO DE SANTA RITA POR INTERMÉDIO DO PODER EXECUTIVO MUNICIPAL, REALIZAR DOAÇÕES DE IMÓVEIS PARA FINS DE RELEVANTE INTERESSE PÚBLICO E SOCIAL E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/184/protocolo_104.2023_projeto_de_lei_ordinario_004.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/184/protocolo_104.2023_projeto_de_lei_ordinario_004.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de rua e adota outras providências.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/185/protocolo_123.2023_projeto_de_lei_ordinaria_005.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/185/protocolo_123.2023_projeto_de_lei_ordinaria_005.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>dispõe sobre denominação de rua e adota outras providências.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/186/protocolo_130.2023_projeto_de_lei_ordinaria_006.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/186/protocolo_130.2023_projeto_de_lei_ordinaria_006.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o atendimento preferencial aos portadores de lúpus eritematoso sistêmico nos locais que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>Alysson Gomes</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/187/protocolo_152.2023_projeto_de_lei_ordinaria_007.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/187/protocolo_152.2023_projeto_de_lei_ordinaria_007.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Institui o projeto de prevenção da violência doméstica com a estratégia de saúde da família.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/256/protocolo_166.2023_projeto_de_lei_ordinaria_008.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/256/protocolo_166.2023_projeto_de_lei_ordinaria_008.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de centro integrado educação infantil (CIEI) e adota outras providências"</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/255/protocolo_181.2023_projeto_de_lei_ordiaria_009.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/255/protocolo_181.2023_projeto_de_lei_ordiaria_009.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DOS SERVIÇOS DE TRANSPORTE INDIVIDUAL DE PASSAGEIROS - TÁXI- NO MUNICÍPIO DE SANTA RITA ESTADO DA PARAÍBA.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/189/protocolo_218.2023_projeto_de_lei_ordinaria_011.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/189/protocolo_218.2023_projeto_de_lei_ordinaria_011.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública Municipal a BRASCRI ASSOCIAÇÃO SUIÇO BRASILEIRO DE AJUDA A CRIANÇA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/200/protocolo_265.2023_projeto_de_lei_ordinaria_012.2023_ver._alysson_gomes_e_cassio.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/200/protocolo_265.2023_projeto_de_lei_ordinaria_012.2023_ver._alysson_gomes_e_cassio.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal do controle populacional de cães e gatos, no âmbito do município de Santa Rita.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/199/protocolo_264.2023_projeto_de_lei_ordinaria_013.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/199/protocolo_264.2023_projeto_de_lei_ordinaria_013.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do programa Municipal de Incentivo á doação de Medula óssea e de sangue do cordão umbilical e placentário no âmbito do município de Santa Rita.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/198/protocolo_263.2023_projeto_de_lei_ordinaria_014.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/198/protocolo_263.2023_projeto_de_lei_ordinaria_014.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção, ao doador de sangue do pagamento de taxas de inscrição em concursos públicos, no município de Santa Rita.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/197/protocolo_262.2023_projeto_de_lei_ordinaria_015.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/197/protocolo_262.2023_projeto_de_lei_ordinaria_015.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa Municipal de Assistência á criança Portadora de Microcefalia , no âmbito do município de Santa Rita.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/196/protocolo_261.2023_projeto_de_lei_ordinaria_016.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/196/protocolo_261.2023_projeto_de_lei_ordinaria_016.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Institui o programa doadores do futuro, no âmbito do município de Santa Rita.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/195/protocolo_260.2023_projeto_de_lei_ordinaria_017.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/195/protocolo_260.2023_projeto_de_lei_ordinaria_017.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Cria o cadastro único de violência doméstica (CAVID) no âmbito do município de Santa Rita e dá outras providências</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/194/protocolo_259.2023_projeto_de_lei_ordinaria_018.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/194/protocolo_259.2023_projeto_de_lei_ordinaria_018.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Institui o sistema "A mulher na Política", dispondo sobre medidas de incentivo á participação da mulher na atividade política no município de Santa Rita.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/193/protocolo_258.2023_projeto_de_lei_ordinaria_019.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/193/protocolo_258.2023_projeto_de_lei_ordinaria_019.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de prevenção e Atendimento á gravidez na adolescência, no município de Santa Rita e da outras providências.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/192/protocolo_257.2023_projeto_de_lei_ordinaria_020.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/192/protocolo_257.2023_projeto_de_lei_ordinaria_020.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação do acompanhamento psicológico para as mulheres vítimas de violência, no município de Santa Rita.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/191/protocolo_256.2023_projeto_de_lei_ordinaria_021.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/191/protocolo_256.2023_projeto_de_lei_ordinaria_021.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de medidas, por parte do Poder Executivo, que priorizem o atendimento da mulher, como beneficiária dos programas habitacionais, no âmbito do município de Santa Rita PB e dá outras providências.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>Marinaldo</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/190/protocolo_252.2023_projeto_de_lei_ordinaria_022.2023_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/190/protocolo_252.2023_projeto_de_lei_ordinaria_022.2023_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei que dispõe sobre o fornecimento e instalação de válvulas de retenção de ar após o hidrômetro no sistema de abastecimento de água nos imóveis do município de Santa Rita.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>Jackson Alvino</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/201/protocolo_268.2023_projeto_de_lei_023.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/201/protocolo_268.2023_projeto_de_lei_023.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/254/protocolo_277.2023_projeto_de_lei__024.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/254/protocolo_277.2023_projeto_de_lei__024.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste dos vencimentos dos agentes comunitários de saúde (ACS) e dos agentes de combateas endemias (ACE) .</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/368/protocolo_287.2023_projeto_de_lei_ordinaria_25.2023_ver._cassio.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/368/protocolo_287.2023_projeto_de_lei_ordinaria_25.2023_ver._cassio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre distribuição e aplicação de vacina contra leishmaniose no municipio de Santa Rita.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Naedson Graciano</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/202/protocolo_298.2023_projeto_de_lei_ordinaria_026.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/202/protocolo_298.2023_projeto_de_lei_ordinaria_026.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Institui o dia municipal de conscientização contra a prática do aborto no calendário do município.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/370/protocolo_329.2023_projeto_de_lei_ordinaria_27.2023_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/370/protocolo_329.2023_projeto_de_lei_ordinaria_27.2023_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a redução da carga horária de servidor público municipal que possua cônjuge, filho ou dependente com deficiência, no âmbito do Município de Santa Rita.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/259/protocolo_353.2023_projeto_de_lei_28.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/259/protocolo_353.2023_projeto_de_lei_28.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de subvenção social à fundação Governador Flávio Ribeiro Coutinho pelo Município de Santa Rita PB e adota outras providências.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/205/protocolo_377.2023_projeto_de_lei_ordinaria_029.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/205/protocolo_377.2023_projeto_de_lei_ordinaria_029.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a utilização do cordão de girassol como símbolo para a identificação da pessoa com deficiência oculta no município de santa Rita e dá outras providências.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/204/protocolo_373.2023_projeto_de_lei_ordinaria_030.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/204/protocolo_373.2023_projeto_de_lei_ordinaria_030.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública e dá outras providências.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/206/protocolo_383.2023_projeto_de_lei_ordinaria_031.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/206/protocolo_383.2023_projeto_de_lei_ordinaria_031.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Estabelece a política de combate a imóveis abandonados causadores de degradação urbana no âmbito Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/207/protocolo_384.2023_projeto_de_lei_ordinaria_032.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/207/protocolo_384.2023_projeto_de_lei_ordinaria_032.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a política municipal de prevenção ao suicídio em complemento a Lei Federal 13.819 de 2019 e dá outras providências</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/211/protocolo_388.2023_projeto_de_lei_ordinaria_033.2023.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/211/protocolo_388.2023_projeto_de_lei_ordinaria_033.2023.pdf</t>
   </si>
   <si>
     <t>Estabelece a obrigatoriedade de contratação de cantores, instrumentistas, bandas ou conjuntos musicais locais nos shows, festejos e eventos culturais financiados por recursos públicos no município e dá outras providências</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/208/protocolo_385.2023_projeto_de_lei_ordinaria_034.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/208/protocolo_385.2023_projeto_de_lei_ordinaria_034.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Institui a separação do lixo reciclável nos órgãos públicos municipais e dá outras providências</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/209/protocolo_386.2023_projeto_de_lei_ordinaria_035.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/209/protocolo_386.2023_projeto_de_lei_ordinaria_035.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Institui a obrigatoriedade da realização da audiência pública prévia para a realização de obras com impacto urbanístico.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/210/protocolo_387.2023_projeto_de_lei_ordinaria_036.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/210/protocolo_387.2023_projeto_de_lei_ordinaria_036.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação quanto a colocação de caçambas e ou similares em vias públicas.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/369/protocolo_400.2023_projeto_de_lei_ordinaria_37.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/369/protocolo_400.2023_projeto_de_lei_ordinaria_37.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do selo lilás de reconhecimento as empresas atuantes no combate a violência contra mulher.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/212/protocolo_401.2023_projeto_de_lei_ordinaria_039.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/212/protocolo_401.2023_projeto_de_lei_ordinaria_039.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre utilidade pública e adota outras providências</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/214/protocolo_425.2023_projeto_de_lei_ordinaria_040.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/214/protocolo_425.2023_projeto_de_lei_ordinaria_040.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Francisco Queiroga</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/215/protocolo_448.2023_projeto_de_lei_041.2023_ver._queiroga_e_alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/215/protocolo_448.2023_projeto_de_lei_041.2023_ver._queiroga_e_alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Institui o dia Municipal pelo fim da violência contra a mulher.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/216/protocolo_464.2023_projeto_de_lei_042.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/216/protocolo_464.2023_projeto_de_lei_042.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>Reconhece os Portadores de Fibromialgia como pessoas com deficiência no âmbito do município de santa Rita.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/262/protocolo_462.2023_projeto_de_lei___.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/262/protocolo_462.2023_projeto_de_lei___.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial ao orçamento vigente e dá outras providências.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/258/protocolo_481.2023_projeto_de_lei_044.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/258/protocolo_481.2023_projeto_de_lei_044.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 1653/2015, que dispõe sobre as diretrizes para a formulação da política municipal de proteção a criança e ao adolescente, dispondo sobre a estrutura do CMDCA/SR, e dos conselhos tutelares do município de Santa Rita os instrumentos a ela inerentes, e adotando outras providências correlatas e complementares</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/217/protocolo_527.2023_projeto_de_lei_ordinaria_045.2023_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/217/protocolo_527.2023_projeto_de_lei_ordinaria_045.2023_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>Institui programa de incentivo a doação de sangue entre os servidores municipais e dá outras providências.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/349/protocolo_541.2023_projeto_de_lei_ordinaria_46.2023_ver._queiroga.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/349/protocolo_541.2023_projeto_de_lei_ordinaria_46.2023_ver._queiroga.pdf</t>
   </si>
   <si>
     <t>Institui o mês MAIO LARANJA sobre a importância conscientização, prevençâo, orientação e combate ao abuso e exploração sexual de criança e adolescentes.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/213/protocolo_555.2023_projeto_de_ordinaria_048.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/213/protocolo_555.2023_projeto_de_ordinaria_048.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o acesso prioritário a vagas na rede pública municipal de educação, para filhos de mãe solo no âmbito do Município de Santa Rita.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Tenente Jair</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/218/protocolo_558.2023_projeto_de_lei_049.2023_ver._tenente_jair.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/218/protocolo_558.2023_projeto_de_lei_049.2023_ver._tenente_jair.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a apresentação de relatório bimestral sobre as obras em andamento ou com prazo de execução suspenso no município.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/219/protocolo_559.2023_projeto_de_lei_ordinaria_050.2023_ver._tenente_jair.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/219/protocolo_559.2023_projeto_de_lei_ordinaria_050.2023_ver._tenente_jair.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a divulgação da agenda oficial de compromissos do prefeito</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/220/protocolo_560.2023_projeto_de_lei_ordinaria_051.2023_ver._tenente_jair.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/220/protocolo_560.2023_projeto_de_lei_ordinaria_051.2023_ver._tenente_jair.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do pronto atendimento infantil de santa rita (hospital infantil) e adota outras providências.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/223/protocolo_579.2023_projeto_de_lei_ordinaria_052.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/223/protocolo_579.2023_projeto_de_lei_ordinaria_052.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o direito de preferência na matrícula e na transferência dos dependentes da mulher vítima de violência doméstica e familiar em instituição de educação básica mais próxima de seu domicílio.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/222/protocolo_578.2023_projeto_de_lei_ordinaria_053.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/222/protocolo_578.2023_projeto_de_lei_ordinaria_053.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de dispositivo eletrônico de segurança do tipo botão de pânico nas escolas públicas da rede de ensino do município de Santa Rita PB</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/224/protocolo_583.2023_projeto_de_lei_ordinaria_054.2023_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/224/protocolo_583.2023_projeto_de_lei_ordinaria_054.2023_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração de denominação de praça e adota outras providências.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/221/protocolo_577.2023_projeto_de_lei_ordinaria_055.2023_ver._tenente_jair.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/221/protocolo_577.2023_projeto_de_lei_ordinaria_055.2023_ver._tenente_jair.pdf</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/2/projeto_de_remanejamento_corrigidadocx.docx</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/2/projeto_de_remanejamento_corrigidadocx.docx</t>
   </si>
   <si>
     <t>Autoriza o remanejamento, a transposição e a transferência de fontes de recursos das dotações orçamentárias constantes da lei n° 2095/2022 - Lei orçamentária anual para 2023</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/261/protocolo_646.2023_projeto_de_lei__57.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/261/protocolo_646.2023_projeto_de_lei__57.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PAGAR AS EMPRESAS DE SERVIÇOS DE TRANSPORTE PÚBLICO MUNICIPAL OS VALORES RECEBIDOS DA UNIÃO A TÍTULO DE AUXÍLIO CRIADO PELA EMENDA CONSTITUCIONAL N° 123/2022 E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/74/protocolo_616.2023_projeto_de_lei_058.2023_ver._tenente_jair.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/74/protocolo_616.2023_projeto_de_lei_058.2023_ver._tenente_jair.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre imóveis com obras paradas há mais de 60 dias conforme especifica.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/39/protocolo_606.2023_projeto_de_lei_059.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/39/protocolo_606.2023_projeto_de_lei_059.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>Institui a Celebração do “Dia da família Monoparental”, nas creches e nas escolas públicas e privadas do Município  de Santa Rita/PB.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/47/protocolo_670.2023_projeto_de_lei_ordinaria_060.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/47/protocolo_670.2023_projeto_de_lei_ordinaria_060.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>RECONHECE A PESSOA COM AUTISMO COMO PORTADORA DE DEFICIENCIA, PARA FINS DE FRUIÇÃO DOS DIREITOS ASSEGURADOS PELA DO MUNICIPIO DE SANTA RITA/PB.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/73/protocolo_576.2023_projeto_de_lei_ordinaria_061.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/73/protocolo_576.2023_projeto_de_lei_ordinaria_061.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre utilidade pública e adota outras providências.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/72/protocolo_617.2023_projeto_de_lei_ordinaria_062.2023_ver._tenente_jair.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/72/protocolo_617.2023_projeto_de_lei_ordinaria_062.2023_ver._tenente_jair.pdf</t>
   </si>
   <si>
     <t>Estabelece prazo máximo de 3 dias úteis para a prefeitura solucionar problemas de zeladoria do qual foi devidamente comunicada.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/71/protocolo_618.2023_projeto_de_lei_ordinaria_063.2023_ver._tenente_jair.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/71/protocolo_618.2023_projeto_de_lei_ordinaria_063.2023_ver._tenente_jair.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de colocação de placa indicativa de locação nos prédios utilizados pela administração pública direta, indireta e autárquica no âmbito municipal e dá outras providências.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/40/protocolo_619.2023_projeto_de_lei_ordinaria_064.2023_ver._tenente_jair.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/40/protocolo_619.2023_projeto_de_lei_ordinaria_064.2023_ver._tenente_jair.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de publicação, via internet, de informações sobre os plantões médicos nas unidades do SUS no município.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/75/protocolo_603.2023_projeto_de_lei_ordinaria_065.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/75/protocolo_603.2023_projeto_de_lei_ordinaria_065.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o perímetro urbano do município de Santa Rita PB e adota outras providências.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/41/protocolo_728.2023_projeto_de_lei_ordinaria_66.2023_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/41/protocolo_728.2023_projeto_de_lei_ordinaria_66.2023_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE  RUA   E   ADOTA  OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/42/protocolo_729.2023_projeto_de_lei_ordinaria_67.2023_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/42/protocolo_729.2023_projeto_de_lei_ordinaria_67.2023_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE PREDIO PUBLICO E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/43/protocolo_730.2023_projeto_de_lei_68.2023_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/43/protocolo_730.2023_projeto_de_lei_68.2023_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>DISPÕE   SOBRE   UTILIDADE PÚBLICA E_x000D_
 ADOTA      OUTRAS       PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/44/protocolo_731.2023_projeto_de_lei_69.2023_ver._queiroga.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/44/protocolo_731.2023_projeto_de_lei_69.2023_ver._queiroga.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a denominação da Unidade Básica de Saúde (UBS) localizada no Bairro de Cicerolândia, Município de Santa Rita, e dá outras providências”.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/45/protocolo_732.2023_projeto_de_lei_70.2023_ver._farias.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/45/protocolo_732.2023_projeto_de_lei_70.2023_ver._farias.pdf</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/260/protocolo_757.2023_projeto_de_lei_71.2023_poder_executivo.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/58/protocolo_755.2023_projeto_de_lei_72.2023_ver._queiroga.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/260/protocolo_757.2023_projeto_de_lei_71.2023_poder_executivo.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/58/protocolo_755.2023_projeto_de_lei_72.2023_ver._queiroga.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da unidade básica de saúde (UBS) localizada no bairro de Odilândia, município de Santa Rita e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/59/protocolo_764.2023_projeto_de_lei_073.2023_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/59/protocolo_764.2023_projeto_de_lei_073.2023_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>Institui o dia Municipal de Homenagem as Vítimas do COVID-19</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/76/protocolo_756.2023_projeto_de_lei____.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/76/protocolo_756.2023_projeto_de_lei____.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Regulamenta a função de gestor escolar no âmbito do sistema Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/77/protocolo_714.2023_projeto_de_lei___.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/77/protocolo_714.2023_projeto_de_lei___.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal N° 1.426/2010 e altera o § 7° do art. 14 da Lei Municipal N° 1.298/2007 e adota outras providências.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/80/protocolo_771.2023_projeto_de_lei_76.2023_ver._jackson_alvino.pdf.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/80/protocolo_771.2023_projeto_de_lei_76.2023_ver._jackson_alvino.pdf.pdf</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/79/protocolo_774.2023_projeto_de_lei_77.2023_ver._cassio.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/79/protocolo_774.2023_projeto_de_lei_77.2023_ver._cassio.pdf</t>
   </si>
   <si>
     <t>Institui o conselho municipal de proteção e defesa dos animais e dá ouras providências.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/81/protocolo_773.2023_projeto_de_lei_78.2023_ver._cassio.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/81/protocolo_773.2023_projeto_de_lei_78.2023_ver._cassio.pdf</t>
   </si>
   <si>
     <t>Institui a "A semana municipal da promoção da defesa e do bem-estar animal" no âmbito do município de Santa Rita.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/83/protocolo_787.2023_projeto_de_lei_ordinaria_79.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/83/protocolo_787.2023_projeto_de_lei_ordinaria_79.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/84/protocolo_788.2023_projeto_de_lei_ordinaria_80.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/84/protocolo_788.2023_projeto_de_lei_ordinaria_80.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>Limita a distância de emissão de sons e ruídos que prejudiquem o bem estar do portador de Transtorno do Espectro autista em espaços públicos.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/85/protocolo_814.2023_projeto_de_lei_ordinario_81.2023_ver._alysson_gomes_e_paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/85/protocolo_814.2023_projeto_de_lei_ordinario_81.2023_ver._alysson_gomes_e_paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a vacinação das crianças atendidas pelas creches diretas e conveniadas do Município, e da outras providências.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/94/protocolo_869.2023_projeto_de_lei_82.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/94/protocolo_869.2023_projeto_de_lei_82.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DE VENCIMENTOS DE CARGOS PÚBLICOS EFETIVOS NO QUADRO PERMANENTE DE PESSOAL DO PODER EXECUTIVO MUNICIPAL DE SANTA RITA-PB, ADMINISTRAÇÃO DIRETA E INDIRETA, CONFORME TABELAS ANEXAS, ATUALIZAÇÃO DO ADICIONAL NOTURNO, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/95/protocolo_878.2023_projeto_de_lei_83.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/95/protocolo_878.2023_projeto_de_lei_83.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DE VENCIMENTOS DE CARGOS PÚBLICOS EFETIVOS NO QUADRO PERMANENTE DE PESSOAL DO PODER EXECUTIVO MUNICIPAL DE SANTA RITA-PB, ADMINISTRAÇÃO DIRETA E INDIRETA, CONFORME TABELAS ANEXAS, ATUALIZAÇÃO DO ADICIONAL NOTURNO, ALTERA DISPOSITIVOS DE LEIS MUNICIPAIS, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/96/protocolo_896.2023_projeto_de_lei_ordinaria_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/96/protocolo_896.2023_projeto_de_lei_ordinaria_poder_executivo.pdf</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/98/protocolo_880.2023_projeto_de_lei_85.2023_ver._paulo_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/98/protocolo_880.2023_projeto_de_lei_85.2023_ver._paulo_fernandes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de Valorização das Mulheres na Área de segurança Pública.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/99/protocolo_913.2023_projeto_de_lei_86.2023_oficio_41_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/99/protocolo_913.2023_projeto_de_lei_86.2023_oficio_41_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Revoga o ART. 20 da Lei Municipal 1.587/2013 e adota outras providências.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/100/protocolo_931.2023_projeto_de_lei_87.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/100/protocolo_931.2023_projeto_de_lei_87.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/101/protocolo_930.2023_projeto_de_lei_88.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/101/protocolo_930.2023_projeto_de_lei_88.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 53 DA LEI MUNICIPAL Nº 875/1997, QUE DISPÕE SOBRE O REGIME JURÍDICO ÚNICO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE SANTA RITA/PB, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/102/protocolo_920.2023_projeto_de_lei_ordinaria_89.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/102/protocolo_920.2023_projeto_de_lei_ordinaria_89.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>Institui a semana de conscientização de desconto em energia elétrica para famílias de baixa renda e autistas no âmbito do município de Santa Rita e dá outras providências.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/103/protocolo_902.2023_projeto_de_lei_90.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/103/protocolo_902.2023_projeto_de_lei_90.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>Estabelece penalidades administrativas às pessoas físicas ou jurídicas e aos agentes públicos que discriminem as pessoas com deficiência e pessoas com Transtorno de Espectro Autista – TEA no âmbito do Município de Santa Rita, e dá outras providências.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/104/protocolo_891.2023_a_projeto_de_lei_ordinaria_91.2023_ver._nininho_do_bode_e_alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/104/protocolo_891.2023_a_projeto_de_lei_ordinaria_91.2023_ver._nininho_do_bode_e_alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a política Municipal de uso de "Cannabis" para fins medicinais e a distribuição gratuita dos medicamentos prescritos a base da planta inteira ou de seus componentes isolados, que contenham em sua fórmula as substâncias "canabidiol" (CDB) e/ou "tetrahidrocanabidiol" (THC) e/ou demais componentes presentes no extrato integral da cannabis SP, nas unidades de saúde pública municipal e privada, ou conveniada ao sistema único de saúde - SUS, no âmbito do Município de Santa Rita - PB, e adota outras providências.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/105/protocolo_1038.2023_projeto_de_lei_ordinaria_92.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/105/protocolo_1038.2023_projeto_de_lei_ordinaria_92.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o dia municipal de conscientização do transtorno do déficit de atenção com hiperatividade - TDAH na forma que dá outras providências.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/106/protocolo_1037.2023_projeto_de_lei_ordinaria_93.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/106/protocolo_1037.2023_projeto_de_lei_ordinaria_93.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>Institui a política Municipal de Proteção dos Direitos da Pessoa com Transtorno de Déficit de Atenção com Hiperatividade (TDAH) no Município de Santa Rita e dá outras providências.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/107/protocolo_1043.2023_projeto_de_lei_ordinaria_94.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/107/protocolo_1043.2023_projeto_de_lei_ordinaria_94.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/109/protocolo_1048.2023_projeto_de_lei_ordinaria_95.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/109/protocolo_1048.2023_projeto_de_lei_ordinaria_95.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>"REGULAMENTA A CONCESSÃO DE DIÁRIAS AOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE SANTA RITA-PB, E ADOTA OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/110/protocolo_1049.2023_projeto_de_lei_ordinaria_96.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/110/protocolo_1049.2023_projeto_de_lei_ordinaria_96.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ALTERAÇÃO DOS ARTS. 42 E 43 DA LEI MUNICIPAL N° 1.657/2015, E ADOTA OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/111/protocolo_1050.2023_projeto_de_lei_ordinaria_97.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/111/protocolo_1050.2023_projeto_de_lei_ordinaria_97.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O CONSELHO MUNICIPAL DOS DIREITOS DAS MULHERES - CMDM, E ADOTA OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/112/protocolo_1051.2023_projeto_de_lei_ordinaria_98.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/112/protocolo_1051.2023_projeto_de_lei_ordinaria_98.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ALTERAÇÃO DA NOMECLATURA DOS CARGOS PÚBLICOS EFETIVOS DE NUTRICIONISTAS E PSICÓLOGOS, CRIADOS POR MEIO DA LEI MUNICIPAL N° 1.351/2009, E ADOTA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/113/protocolo_1063.2023_projeto_de_lei_ordinaria_99.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/113/protocolo_1063.2023_projeto_de_lei_ordinaria_99.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a regulamentação do serviço de transporte de turismo - STT, no município de Santa Rita-PB, e adota outras providências".</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/114/protocolo_1064.2023_projeto_de_lei_ordinaria_100.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/114/protocolo_1064.2023_projeto_de_lei_ordinaria_100.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre os pontos de apoio para trabalhadores de aplicativos de entrega e de transporte individual privado de passageiros, no município de Santa Rita - PB".</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/153/protocolo_1073.2023_projeto_de_lei_ordinaria_101.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/153/protocolo_1073.2023_projeto_de_lei_ordinaria_101.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Assegura à população transexual e travesti a reserva de 5% das vagas oferecidas nos concursos públicos e seleções simplificadas para provimento de cargos e empregos públicos no Município de Santa Rita.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/251/protocolo_1120.2023_projeto_de_lei_ordinaria_102.2023_ver._farias.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/251/protocolo_1120.2023_projeto_de_lei_ordinaria_102.2023_ver._farias.pdf</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/348/protocolo_1138.2023_projeto_de_lei_ordinaria_103.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/348/protocolo_1138.2023_projeto_de_lei_ordinaria_103.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de nomeação de condenados por crime contra a mulher e dá outras providências.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/249/protocolo_1140.2023_projeto_de_lei_ordinaria_104.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/249/protocolo_1140.2023_projeto_de_lei_ordinaria_104.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e estruturação do fundo municipal de segurança pública - FUMSEP, no município de Santa Rita - PB, e adota outras providências.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/250/protocolo_1141.2023_projeto_de_lei_ordinaria_105.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/250/protocolo_1141.2023_projeto_de_lei_ordinaria_105.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/485/protocolo_1177.2023_projeto_de_lei_ordinaria_106.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/485/protocolo_1177.2023_projeto_de_lei_ordinaria_106.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Institui políticas Municipal de Valorização da Mulher no Campo no Âmbito do Município de Santa Rita - PB e dá outras providências.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/484/protocolo_1179.2023_projeto_de_lei_ordinaria_107.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/484/protocolo_1179.2023_projeto_de_lei_ordinaria_107.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO DIA MUNICIPAL DA PARTICIPAÇÃO DA MULHER NA POLÍTICA, NO ÂMBITO DO MUNICÍPIO DE SANTA RITA - PB, A SER COMEMORADO NO DIA 13 DE MARÇO DE CADA ANO.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/483/protocolo_1180.2023_projeto_de_lei_ordinaria_108.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/483/protocolo_1180.2023_projeto_de_lei_ordinaria_108.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A VEICULAÇÃO DE PROPAGANDAS EDUCATIVAS REFERENTES A VIOLÊNCIA CONTRA A MULHER EXPLORAÇÃO DE CRIANÇAS E ADOLESCENTES, EM EVENTOS CULTURAIS E ESPORTIVOS NO MUNICÍPIO DE SANTA RITA PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/482/protocolo_1178.2023_projeto_de_lei_ordinaria_109.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/482/protocolo_1178.2023_projeto_de_lei_ordinaria_109.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO SELO DE RESPONSABILIDADE SOCIAL PRÓ-MULHER, A SER CONCEDIDO ÁS EMPRESAS, ÁS ENTIDADES GORVENAMENTAIS E AS ENTIDADES SOCIAIS QUE ATUEM NO DESENVOLVIMENTO DE AÇÕES QUE ENVOLVAM A FORMAÇÃO, A QUALIFICAÇÃO , A PREPARAÇÃO E A INSERÇÃO DE MULHERES VÍTIMAS DE VIOLÊNCIA DOMÉSTICA NO MERCADO DE TRABALHO NO ESTADO DA PARAÍBA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/263/protocolo_1207.2023_projeto_de_lei_ordinaria_110.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/263/protocolo_1207.2023_projeto_de_lei_ordinaria_110.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/264/protocolo_1208.2023_projeto_de_lei_111.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/264/protocolo_1208.2023_projeto_de_lei_111.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização da campanha continuada sobre a síndrome do pensamento acelerado no âmbito Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/265/protocolo_1210.2023_projeto_de_lei_112.2023_ver._palinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/265/protocolo_1210.2023_projeto_de_lei_112.2023_ver._palinho_fernandes.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A POLÍTICA MUNICIPAL DE VALORIZAÇÃO DAS MULHERES NA ÁREA DE SEGURANÇA PÚBLICA"</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/266/protocolo_1211.2023_projeto_de_lei_113.2023_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/266/protocolo_1211.2023_projeto_de_lei_113.2023_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>"CRIA O PROGRAMA MUNICIPAL DE PROTEÇÃO DE INSTITUIÇÕES EDUCACIONAIS CONTRA ATENTADOS VIOLENTOS, E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>Paulo César</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/355/protocolo_1230.2023_projeto_de_lei_ordinaria_114.2023_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/355/protocolo_1230.2023_projeto_de_lei_ordinaria_114.2023_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>INSTITUI A LEI MUNICIPAL DE LIBERDADE RELIGIOSA NA CIDADE DE SANTA RITA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/350/protocolo_1231.2023_projeto_de_lei_ordinaria_115.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/350/protocolo_1231.2023_projeto_de_lei_ordinaria_115.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DE CONSCIENTIZAÇÃO CONTRA O ABORTO E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/356/protocolo_1232.2023_projeto_de_lei_ordinaria_116.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/356/protocolo_1232.2023_projeto_de_lei_ordinaria_116.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE GARANTIR AOS ESTUDANTES DO MUNICÍPIO DE SANTA RITA O DIREITO AO APRENDIZADO DA LÍNGUA PORTUGUESA DE ACORDO COM AS NORMAS E ORIENTAÇÕES LEGAIS DE ENSINO, NA FORMA MENCIONADA.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/357/protocolo_1233.2023_projeto_de_lei_ordinaria_117.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/357/protocolo_1233.2023_projeto_de_lei_ordinaria_117.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>VERSA SOBRE O PROTOCOLO TODOS POR TODAS, QUE INSTITUI UMA GAMA DE AÇÕES QUE DEVERÃO SER ADOTADAS POR ESTABELECIMENTOS PRIVADOS PARA ACOLHER E ATENDER MULHERES VÍTIMAS DE ABUSO SEXUAL EM SUAS DEPENDÊNCIAS.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/358/protocolo_1234.2023_projeto_de_lei_ordinaria_118.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/358/protocolo_1234.2023_projeto_de_lei_ordinaria_118.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DAS TEMÁTICAS EDUCAÇÃO FINANCEIRA E EMPREENDEDORISMO NA REDE MUNICIPAL DE ENSINO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/352/protocolo_1240.2023_projeto_de_lei_ordinaria_119.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/352/protocolo_1240.2023_projeto_de_lei_ordinaria_119.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>ISENTA AS UNIDADES RESIDENCIAIS QUE POSSUAM MORADORES QUE SEJAM PORTADORES DE TRANSTORNOS DO ESPECTRO AUTISTA DA TARIFA DE ÁGUA E ESGOTO NO MUNICÍPIO DE SANTA RITA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/253/protocolo_1256.2023_projeto_de_lei_ordinaria_120.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/253/protocolo_1256.2023_projeto_de_lei_ordinaria_120.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO VIGENTE, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/276/protocolo_1262.2023_projeto_de_lei_ordinaria_121.2023_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/276/protocolo_1262.2023_projeto_de_lei_ordinaria_121.2023_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>Institui o Banco de Leite Humano no Município de Santa Rita e dá outras providências.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/277/protocolo_1276.2023_projeto_de_lei_ordinaria_122.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/277/protocolo_1276.2023_projeto_de_lei_ordinaria_122.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Institui o dia 16 de Janeiro como o dia mUnicipal do cortador de cana-de-açúcar, incluido-o no calendário de eventos do município e dá outras providências.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/337/protocolo_1315.2023_projeto_de_lei_ordinaria_123.2023_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/337/protocolo_1315.2023_projeto_de_lei_ordinaria_123.2023_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>ESTABELECE DIRETRIZES PARA CRIAÇÃO DO PROGRAMA MUNICIPAL DE PROMOÇÃO DA CULTURA DA PAZ NAS ESCOLAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/298/protocolo_1328.2023_projeto_de_lei_124.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/298/protocolo_1328.2023_projeto_de_lei_124.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL O PROJETO DE INCLUSÃO POPULAR - PIP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/313/protocolo_1361.2023_projeto_de_lei_ordinaria_125.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/313/protocolo_1361.2023_projeto_de_lei_ordinaria_125.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O  PRAZO DE VALIDADE DO LAUDO MÉDICO-PERICIAL QUE ATESTA TRANSTORNO DO ESPECTRO DO AUTISMO - TEA E OUTRAS DEFICIÊNCIAS DE CARÁTER PERMANENTE E DÁ OUTRAS PROVID^NCIAS.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/310/protocolo_1377.2023_projeto_de_lei_126.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/310/protocolo_1377.2023_projeto_de_lei_126.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER COMPLEMENTO DO VALOR PARA CUMPRIMENTO DO PISO DOS ENFERMEIROS, DOS TÉCNICOS DE ENFERMAGEM E DOS AUXILIARES DE ENFERMAGEM, INTEGRANTES DO QUADRO DE SERVIDORES NO ÂMBITO DO MUNICÍPIO DE SANTA RITA PB, EM CONSONÂNCIA COM A EMENDA CONSTITUCIONAL N° 124/2022 E A LEI FEDERAL N° 14.434/2022, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/311/protocolo_1378.2023_projeto_de_lei_ordinaria_127.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/311/protocolo_1378.2023_projeto_de_lei_ordinaria_127.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/325/protocolo_1383.2023_projeto_de_lei_ordinaria_128.2023_ver._paulo_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/325/protocolo_1383.2023_projeto_de_lei_ordinaria_128.2023_ver._paulo_fernandes.pdf</t>
   </si>
   <si>
     <t>VEDA NOMEAÇÃO PARA CARGOS EM COMISSÃO E FUNÇÃO DE CONFIANÇA NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL, DE PESSOAS QUE TENHAM SIDO CONDENADOS ÀS PENAS PREVISTAS NA LEI FEDERAL 11.340/2006 (LEI MARIA DA PENHA)</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/347/protocolo_1392.2023_projeto_delei_129.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/347/protocolo_1392.2023_projeto_delei_129.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a pactuar convênio com a Instituição de Ensino Superior Centro Universitário de João Pessoa PB (UNIPÊ), e dá outras providências.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/346/protocolo_1386.2023_projeto_de_lei_ordinaria_130.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/346/protocolo_1386.2023_projeto_de_lei_ordinaria_130.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO VIGENTE, DESTINADO À DESPESAS DO PROGRAMA DE CONVÊNIOS PARA APLICAÇÃO DE DEFESA CONSUMIDORA E ADOTA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/377/protocolo_1409.2023_projeto_de_lei_ordinaria_131.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/377/protocolo_1409.2023_projeto_de_lei_ordinaria_131.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EQUIPARAÇÃO DO LÚPUS ERITEMATOSO SISTÊMICO ÀS DEFICIÊNCIAS FÍSICAS E INTELECTUAIS, PARA EFEITOS JURÍDICOS NO MUNICÍPIO DE SANTA RITA/PB E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/376/protocolo_1421.2023_projeto_de_lei_ordinaria_132.2023_ver._cassio.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/376/protocolo_1421.2023_projeto_de_lei_ordinaria_132.2023_ver._cassio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE RINHAS ENTRE ANIMAIS NO MUNICÍPIO DE SANTA RITA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/378/protocolo_1422.2023_projeto_de_lei_ordinaria_133.2023_ver._cassio.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/378/protocolo_1422.2023_projeto_de_lei_ordinaria_133.2023_ver._cassio.pdf</t>
   </si>
   <si>
     <t>PROÍBE O USO E A COMERCIALIZAÇÃO DE COLEIRAS ELETRIFICADAS OU DE CHOQUE EM ANIMAIS, NO MUNICÍPIO DE SANTA RITA.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/375/protocolo_1423.2023_projeto_de_lei_ordinaria_134.2023_ver._cassio.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/375/protocolo_1423.2023_projeto_de_lei_ordinaria_134.2023_ver._cassio.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA DOS PROTETORES DE ANIMAIS NO CALENDÁRIO OFICIAL DE EVENTOS DA CIDADE DE SANTA RITA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/399/protocolo_1447.2023_projeto_de_lei_135.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/399/protocolo_1447.2023_projeto_de_lei_135.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO MUNICIPAL DE SANTA RITA, O CARTÃO MUNICIPAL DE IDENTIFICAÇÃO PARA PESSOAS COM LÚPUS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/401/protocolo_1461.2023_projeto_de_lei_136.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/401/protocolo_1461.2023_projeto_de_lei_136.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DA SEMANA DE CONSCIENTIZAÇÃO DA LUTA DAS PESSOAS COM DEFICIÊNCIA NO MUNICÍPIO DE SANTA RITA</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/396/protocolo_1470.2023_projeto_de_lei_137.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/396/protocolo_1470.2023_projeto_de_lei_137.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>EMENDA A LEI 1.524 DATADA DE 28 DE MARÇO DE 2013, QUE INSTITUI O DIÁRIO OFICIAL DO MUNICÍPIO DE SANTA RITA-PB</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/429/protocolo_1541.2023_projeto_de_lei_ordinaria_138.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/429/protocolo_1541.2023_projeto_de_lei_ordinaria_138.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/439/protocolo_1542.2023_projeto_de_lei_ordinaria_139.2023_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/439/protocolo_1542.2023_projeto_de_lei_ordinaria_139.2023_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DO EMPREENDEDORISMO NO MUNICÍPIO DE SANTA RITA E DÁ OUTRAS PROCIDÊNCIAS</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/436/protocolo_1555.2023_projeto_de_lei_ordinaria_140.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/436/protocolo_1555.2023_projeto_de_lei_ordinaria_140.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA 04 DE OUTUBRO COMO O DIA MUNICIPAL DO AGENTE MUNICIPAL DE SAÚDE E AGENTE DE COMBATE A ENDEMIAS, INCLUINDO-O NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/435/protocolo_1560.2023_projeto_de_lei_ordinaria_141.2023_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/435/protocolo_1560.2023_projeto_de_lei_ordinaria_141.2023_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL PARA O ESTÍMULO DA ATIVIDADE DE CUIDADOR DE PESSOAS IDOSAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/434/protocolo_1561.2023_projeto_de_lei_ordinaria_142.2023_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/434/protocolo_1561.2023_projeto_de_lei_ordinaria_142.2023_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA ASSINATURA FÍSICA DAS PESSOAS IDOSAS EM CONTRATOS DE OPERAÇÃO DE CRÉDITO FIRMADOS POR MEIO ELETRÔNICO OU TELEFÔNICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/534/protocolo_1572.2023_projeto_de_lei_ordinaria_143.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/534/protocolo_1572.2023_projeto_de_lei_ordinaria_143.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO VIGENTE, DESTINADO À DESPESAS DO PROGRAMA DE AUXÍLIO FINANCEIRO A ESTUDANTES, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/449/protocolo_1576.2023_projeto_de_lei_ordinaria_144.2023_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/449/protocolo_1576.2023_projeto_de_lei_ordinaria_144.2023_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA PERMANENTE DE INCLUSÃO DIGITAL DESTINADA À PESSOA IDOSA E DÀ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/450/protocolo_1577.2023_projeto_de_lei_ordinaria_145.2023_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/450/protocolo_1577.2023_projeto_de_lei_ordinaria_145.2023_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A GARANTIA DE CONDIÇÕES E DE EQUIPAMENTOS ADEQUADOS AO ATENDIMENTO INTEGRAL DE PACIENTES ONCOLÓGICOS COM DEFICIÊNCIA, MOBILIDADE REDUZIDA OU IDOSOS NA CIDADE DE SANTA RITA.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/451/protocolo_1578.2023_projeto_de_lei_ordinaria_146.2023_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/451/protocolo_1578.2023_projeto_de_lei_ordinaria_146.2023_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO SELO EMPRESA AMIGA DOS AUTISTAS NA CIDADE DE SANTA RITA.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/477/protocolo_1590.2023_projeto_de_lei_ordinaria_147.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/477/protocolo_1590.2023_projeto_de_lei_ordinaria_147.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>Fica instituído o Passe Livre, nos serviços de transportes coletivos de passageiros para portadores de Fibromialgia e Lúpus no âmbito do Município de Santa Rita-PB.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/533/protocolo_1592.2023_projeto_de_lei_ordinaria_148.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/533/protocolo_1592.2023_projeto_de_lei_ordinaria_148.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/525/protocolo_1593.2023_projeto_de_lei_149.2023_loa_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/525/protocolo_1593.2023_projeto_de_lei_149.2023_loa_poder_executivo.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECEITA E FIXA A DESPESA DO MUNICÍPIO E EMENDAS PARLAMENTARES  PARA O EXERCÍCIO FINANCEIRO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/478/protocolo_1597.2023_projeto_de_lei_ordinaria_150.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/478/protocolo_1597.2023_projeto_de_lei_ordinaria_150.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DO PLANTIO DE ÁRVORES NAS CALÇADAS DE TODOS OS IMÓVEIS DE ÓRGÃOS PÚBLICOS, RESIDENCIAIS E COMERCIOS, JÁ LOTEADOS, BEM COMO DOS FUTUROS LOTEAMENTOS A SEREM IMPLANTADOS NO MUNICÍPIO DE SANTA RITA PB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/476/protocolo_1600.2023_projeto_de_lei_ordinaria_152.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/476/protocolo_1600.2023_projeto_de_lei_ordinaria_152.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ASSISTÊNCIA PSICOLÓGICA ÀS MULHERES MASTECTOMIZADAS (RETIRADA TOTAL OU PARCIAL DA MAMA), NO ÂMBITO DO MUNICÍPIO DE SANTA RITA-PB.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/480/protocolo_1602.2023_projeto_de_lei_ordinaria_153.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/480/protocolo_1602.2023_projeto_de_lei_ordinaria_153.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA ENERGIA AZUL NO ÂMBITO DO MUNICÍPIO DE SANTA RITA-PB E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/479/protocolo_1603.2023_projeto_de_lei_ordinaria_154.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/479/protocolo_1603.2023_projeto_de_lei_ordinaria_154.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>ASSEGURA AOS PAIS E RESPONSÁVEIS O DIREITO DE VEDAREM A PARTICIPAÇÃO DE SEUS FILHOS EM ATIVIDADES PEDAGÓGICAS DE GÊNERO NO ÂMBITO DO MUNICÍPIO DE SANTA RITA-PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/475/protocolo_1616.2023_projeto_de_lei_155.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/475/protocolo_1616.2023_projeto_de_lei_155.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA E ADOTA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/474/protocolo_1620.2023_projeto_de_lei_ordinaria_156.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/474/protocolo_1620.2023_projeto_de_lei_ordinaria_156.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de rua e adota outras providências.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/481/protocolo_1623.2023_projeto_de_lei_ordinaria_157.2023_ver._anesio_miranda.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/481/protocolo_1623.2023_projeto_de_lei_ordinaria_157.2023_ver._anesio_miranda.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO EM PRAÇAS E PARQUES PÚBLICOS DE BRINQUEDOS ADAPTADOS E EQUIPAMENTOS ESPECIALMENTE DESENVOLVIDOS PARA LAZER E RECREAÇÃO DE CRIANÇAS COM DEFICIÊNCIA E/OU PORTADORAS DE MOBILIDADE REDUZIDA E NECESSIDADES ESPECIAIS, NO ÂMBITO DO MUNICÍPIO DE SANTA RITA - PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/472/protocolo_1628.2023_projeto_de_lei_ordinaria_158.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/472/protocolo_1628.2023_projeto_de_lei_ordinaria_158.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/471/protocolo_1629.2023_projeto_de_lei_ordinaria_159.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/471/protocolo_1629.2023_projeto_de_lei_ordinaria_159.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/494/protocolo_1647.2023_projeto_de_lei_ordinaria_160.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/494/protocolo_1647.2023_projeto_de_lei_ordinaria_160.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA INCLUSÃO DO CURSO DE MANOBRA HEIMLICH NO PRÉ-NATAL DAS GESTANTES DA REDE HOSPITALAR PÚBLICA E PRIVADA NO MUNICÍPIO DE SANTA RITA.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/493/protocolo_1648.2023_projeto_de_lei_ordinaria_161.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/493/protocolo_1648.2023_projeto_de_lei_ordinaria_161.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/495/protocolo_1651.2023_projeto_de_lei_ordinaria_162.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/495/protocolo_1651.2023_projeto_de_lei_ordinaria_162.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Institui a semana dos Povos Indígenas e dá outras providências, no Município de Santa Rita-PB</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/532/protocolo_1668.2023_projeto_de_lei_163.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/532/protocolo_1668.2023_projeto_de_lei_163.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 95 DA LEI MUNICIPAL N° 875/1997, QUE DISPÕE SOBRE O REGIME JURÍDICO ÚNICO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE SANTA RITA-PB, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/531/protocolo_1669.2023_projeto_de_lei_164.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/531/protocolo_1669.2023_projeto_de_lei_164.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 30 DA LEI MUNICIPAL N° 1.830/2017, QUE TRATA SOBRE O CONSELHO MUNICIPAL DE DEFESA DO CONSUMIDOR - CMDC, VINCULADO AO PROCON-SR, E ADOTA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/530/protocolo_1670.2023_projeto_de_lei_165.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/530/protocolo_1670.2023_projeto_de_lei_165.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO DO PODER EXECUTIVO DO MUNICÍPIO DE SANTA RITA-PB PARA CONCILIAR, TRANSIGIR E CELEBRAR ACORDOS EM PROCESSOS ADMINISTRATIVOS E JUDICIAIS, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/529/protocolo_1671.2023_projeto_de_lei_166.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/529/protocolo_1671.2023_projeto_de_lei_166.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RATEIO DOS HONORÁRIOS ADVOCATÍCIOS  E A CRIAÇÃO E ORGANIZAÇÃO DO FUNDO DE HONORÁRIOS ADVOCATÍCIOS DO INSTITUTO  DE PROTEÇÃO E DEFESA DO CONSUMIDOR DE SANTA RITA-PROCON-SR, E ADLTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/528/protocolo_1672.2023_projeto_de_lei_167.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/528/protocolo_1672.2023_projeto_de_lei_167.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O § 3° DO ART. 8° DA LEI N° 14.133/2021, E DISPÕE SOBRE AS REGRAS PARA A ATUAÇÃO DO AGENTE DE CONTRATAÇÃO E DA EQUIPE DE APOIO, O FUNCIONAMENTO DA COMISSÃO DE CONTRATAÇÃO E DOS GESTORES E FISCAIS DE CONTRATOS, NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA DIRETA, AUTÁRQUICA E FUNDACIONAL DO MUNICÍPIO DE SANTA RITA-PB, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/578/protocolo_1760.2023_projeto_de_lei_ordinaria____.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/578/protocolo_1760.2023_projeto_de_lei_ordinaria____.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A COMPENSAÇÃO DE CRÉDITOS TRIBUTÁRIOS NO ÂMBITO DA ADMINISTRAÇÃO DIRETA DO PODER EXECUTIVO MUNICIPAL, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/575/protocolo_1675.2023_projeto_de_lei_169.2023_poder_executivo_1.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/575/protocolo_1675.2023_projeto_de_lei_169.2023_poder_executivo_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DAS ATRIBUIÇÕES DO CARGO DE INSPETOR DE TRIBUTOS, CRIAÇÃO DE LICENÇA DE QUALIFICAÇÃO PARA O SERVIRDOR INTEGRANTE DO GRUPO TAF, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/527/protocolo_1699.2023_projeto_de_lei_ordinaria_170.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/527/protocolo_1699.2023_projeto_de_lei_ordinaria_170.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CÓDIGO DE ÉTICA E CONDUTA DA GUARDA MUNICIPAL DE SANTA RITA, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/576/protocolo_1700.2023_projeto_de_lei_ordinaria_171.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/576/protocolo_1700.2023_projeto_de_lei_ordinaria_171.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE SANEAMENTO BÁSICO NO ÂMBITO DO MUNICÍPIO DE SANTA RITA-PB, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/526/protocolo_1701.2023_projeto_de_lei_ordinaria_172.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/526/protocolo_1701.2023_projeto_de_lei_ordinaria_172.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CENTRO DE FORMAÇÃO DE GUARDAS MUNICIPAIS, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/506/protocolo_1707.2023_projeto_de_lei_ordinaria_173.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/506/protocolo_1707.2023_projeto_de_lei_ordinaria_173.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>DETERMINA A SUBSTITUIÇÃO DOS SINAIS SONOROS NOS ESTABELECIMENTOS DE ENSINO PÚBLICOS E PRIVADOS MUNICIPAIS, A FIM DE NÃO GERAR INCÔMODOS SENSORIAIS AOS ALUNOS COM TRANSTORNO DO ESPECTRO AUTISTA (TEA)</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/505/protocolo_1708.2023_projeto_de_lei_ordinaria_174.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/505/protocolo_1708.2023_projeto_de_lei_ordinaria_174.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SELO "AUTISTA A BORDO", NO ÂMBITO DO MUNICÍPIO DE SANTA RITA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/509/protocolo_1721.2023_projeto_de_lei_ordinaria_175.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/509/protocolo_1721.2023_projeto_de_lei_ordinaria_175.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>FICA INSTITUÍDO O PASSE LIVRE, NOS SERVIÇOS DE TRANSPORTES COLETIVOS DE PASSAGEIROS PARA PORTADORES DE TRANSTORNO DO ESPECTRO AUTISTA - TEA NO ÂMBITO DO MUNICÍPIO DE SANTA RITA - PB</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/510/protocolo_1723.2023_projeto_de_lei_ordinaria_176.2023_ver._anesio_miranda.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/510/protocolo_1723.2023_projeto_de_lei_ordinaria_176.2023_ver._anesio_miranda.pdf</t>
   </si>
   <si>
     <t>FIXA PRAZO PARA RECOMPOSIÇÃO DOS PASSEIOS, CALÇADAS, VIAS E LOGRADOUROS PÚBLICOS, POR CONCESSIONÁRIAS E PERMISSIONÁRIAS DE SERVIÇO PÚBLICO, EMPRESAS PRIVADAS E ÓRGÃOS MUNICIPAIS, NO ÂMBITO DO MUNICÍPIO DE SANTA RITA, NA FORMA INDICADA.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/508/protocolo_1726.2023_projeto_de_lei_ordinaria_177.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/508/protocolo_1726.2023_projeto_de_lei_ordinaria_177.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>PROÍBE, NA CIDADE DE SANTA RITA/PB, QUE OS CONSUMIDORES SEJAM COBRADOS COM BASE EM ESTIMATIVA E/OU MÉDIA DE CONSUMO ANTERIOR, QUE SEJA COBRADA TAXA MÍNIMA E ESTABELECE A OBRIGATORIEDADE DA MEDIÇÃO E COMPROVAÇÃO DO EFETIVO CONSUMO PARA EFEITO DE COBRANÇA.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/511/protocolo_1725.2023_projeto_de_lei_ordinaria_178.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/511/protocolo_1725.2023_projeto_de_lei_ordinaria_178.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE UTILIDADE PÚBLICA E ADOTA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/520/protocolo_1729.2023_projeto_de_lei_ordinaria_179.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/520/protocolo_1729.2023_projeto_de_lei_ordinaria_179.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O FORNECIMENTO DE ALIMENTAÇÃO ESCOLAR AOS PROFESSORES E DEMAIS PROFISSIONAIS DA EDUCAÇÃO, EM EFETIVO EXERCÍCIO NAS ESCOLAS PÚBLICAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/521/protocolo_1730.2023_projeto_de_lei_ordinaria_180.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/521/protocolo_1730.2023_projeto_de_lei_ordinaria_180.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRIORIDADE NO EMBARQUE E DESEMBARQUE DOS TRANSPORTES PÚBLICOS MUNICIPAIS PARA PESSOAS COM DEFICIÊNCIA, IDOSAS, GESTANTES, AS LACTANTES, PESSOAS COM CRIANÇAS DE COLO OU COM MOBILIDADE REDUZIDA, NA CIDADE DE SANTA RITA/PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/522/protocolo_1731.2023_projeto_de_lei_ordinaria_181.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/522/protocolo_1731.2023_projeto_de_lei_ordinaria_181.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>PROÍBE NA CIDADE DE SANTA RITA/PB, A INTERRUPÇÃO E A COBRANÇA DE RELIGAÇÃO, BEM COMO ESTABELECE PRAZO PARA A RELIGAÇÃO DE SERVIÇOS PÚBLICOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/523/protocolo_1732.2023_projeto_de_lei_ordinaria_182.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/523/protocolo_1732.2023_projeto_de_lei_ordinaria_182.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EDIÇÃO DE MATERIAL EM CARÁTER PREVENTIVO DE ORIENTAÇÃO ÀS CRIANÇAS E ADOLESCENTES SOBRE CRIMES CONTRA A VIDA E A INTEGRIDADE FÍSICA NAS ESCOLAS,COM AMPLA DIVULGAÇÃO E DISTRIBUIÇÃO NAS REDES DE ENSINO PÚBLICO E PRIVADO NO ÂMBITO DA CIDADE DE SANTA RITA/PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/524/protocolo_1733.2023_projeto_de_lei_ordinaria_183.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/524/protocolo_1733.2023_projeto_de_lei_ordinaria_183.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>PROÍBE QUE CONDENADOS POR CRIME DE RACISMO ASSUMAMCARGOS PÚBLICOS NO ÂMBITO DA CIDADE DE SANTA RITA/PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/519/protocolo_1735.2023_projeto_de_lei_ordinaria_184.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/519/protocolo_1735.2023_projeto_de_lei_ordinaria_184.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA 12 DE JULHO COMO O DIA MUNICIPAL DA CULTURA ALTERNATIVA NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/555/protocolo_1763.2023_projeto_de_lei_ordinaria_185.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/555/protocolo_1763.2023_projeto_de_lei_ordinaria_185.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PARCELAMENTO DE DÉBITOS FISCAIS NO EXERCÍCIO DE 2023 - REFIS/2023, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE SALARIAL AOS MEMBROS DO MAGISTÉRIO PÚBLICO MUNICIPAL, DEFINE O VALOR DA GEAD, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURAÇÃO DOS CARGOS EM COMISSÃO DA CÂMARA MUNICIPAL DE SANTA RITA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/550/protocolo_1789.2023_projeto_de_lei_ordinaria_188.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/550/protocolo_1789.2023_projeto_de_lei_ordinaria_188.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>DETERMINA A PUBLICAÇÃO DO CARDÁPIO DA MERENDA ESCOLAR EM TODAS AS ESCOLAS PÚBLICAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/551/protocolo_1807.2023_projeto_de_lei_ordinaria_189.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/551/protocolo_1807.2023_projeto_de_lei_ordinaria_189.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Acolhimento do Paciente Oncológico.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/577/protocolo_1818.2023_projeto_de_lei_ordinaria_190.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/577/protocolo_1818.2023_projeto_de_lei_ordinaria_190.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE SUBVENÇÃO SOCIAL À ASSOCIAÇÃO ATLÉTICA DE SANTA RITA PELO MINICÍPIO DE SANTA RITA-PB, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/628/protocolo_1913.2023_projeto_de_lei_191.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/628/protocolo_1913.2023_projeto_de_lei_191.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Institui na cidade de Santa Rita PB a Política Municipal de Atenção Integral a Crianças e Adolescentes em Situação de Rua e na Rua, e dá outras providências.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/629/protocolo_1970.2023_projeto_de_lei_ordinaria_192.2023_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/629/protocolo_1970.2023_projeto_de_lei_ordinaria_192.2023_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE RUA E ADOTA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/630/protocolo_1971.2023_projeto_de_lei_ordinaria_193.2023_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/630/protocolo_1971.2023_projeto_de_lei_ordinaria_193.2023_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE RUA E ADOTA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/595/protocolo_2010.2023_projeto_de_lei_194.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/595/protocolo_2010.2023_projeto_de_lei_194.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE SUBVENÇÃO SOCIAL ÚNICA À ASSOCIAÇÃO ATLÉTICA DE SANTA RITA PELO MUNICÍPIO DE SANTA RITA PB, E ADOTA  OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/97/protocolo_545.2023_projeto_de_lei_complementar_01.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/97/protocolo_545.2023_projeto_de_lei_complementar_01.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal N° 1298 de 10/10/2007 e a lei complementar municipal N° 23 de 15 /06/2020 e dispõe sobre as aposentadorias e pensões do regime próprio de previdência dos servidores públicos ocupantes de cargo de provimento efetivo, nos termos do artigo 66 da lei orgânica do município de santa Rita.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/90/protocolo_850.2023_projeto_de_lei_complementar_02.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/90/protocolo_850.2023_projeto_de_lei_complementar_02.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 19, DO CAPUT DO ARTIGO 55, DOS INCISOS I, II E III, OS §§ 1º E 2º E O CAPUT DO ARTIGO 56 E O ARTIGO 88, INCLUI A ALÍNEA “F” DO INCISO III DO ART. 3º, E OS ARTIGOS 63-A, 63-B, 63-C, 63-D, 63-E, 63-F, 63-G, 63-H, 63-I, 63-J, 63-K E 63-L, E REVOGA OS INCISOS IV, V E VI DO ART. 56, TODOS DA LEI COMPLEMENTAR MUNICIPAL Nº 27/2021, QUE DISPÕE SOBRE A SECRETARIA MUNICIPAL DE SEGURANÇA PÚBLICA E DEFESA SOCIAL – SMSEG, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/374/protocolo_1379.2023_projeto_de_lei_complementar_03.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/374/protocolo_1379.2023_projeto_de_lei_complementar_03.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO E CRIAÇÃO DE DISPOSITIVOS NA LEI COMPLEMENTAR MUNICIPAL N° 19/2019 E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/537/protocolo_1673.2023_projeto_de_lei_complementar____.2023_poder_executivo_oficio_75.2023.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/537/protocolo_1673.2023_projeto_de_lei_complementar____.2023_poder_executivo_oficio_75.2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSAÇÃO TRIBUTÁRIA NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL NAS HIPÓTESES QUE ESPECIFICA, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/535/protocolo_1698.2023_projeto_de_lei_complementar___.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/535/protocolo_1698.2023_projeto_de_lei_complementar___.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>INSTITUI O ESTATUTO DA GUARDA MUNICIPAL DE SANTA RITA, E ADOTA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/536/protocolo_1702.2023_projeto_de_lei_complementar___.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/536/protocolo_1702.2023_projeto_de_lei_complementar___.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DE DISPOSITIVOS DA LEI COMPLEMENTAR MUNICIPAL N° 16/2018 REFERENTES À SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E GESTÃO (SAG) PARA REGULAMENTAR A LEI FEDERAL N° 14.133/2021, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/538/protocolo_1710.2023_projeto_de_lei_complementar_07.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/538/protocolo_1710.2023_projeto_de_lei_complementar_07.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA ASSISTÊNCIA JURÍDICA GRATUITA, ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR MUNICIPAL N° 16/2018 REFERENTES À SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL (SMAS) E ADOTA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/677/protocolo_2014.2023_projeto_de_lei_complementar_08.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/677/protocolo_2014.2023_projeto_de_lei_complementar_08.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBREA CRIAÇÃO DO HOPSITAL INFANTIL DE SANTA RITA-PB, ALTERAÇÃO DE DISPOSITIVOS REFERENTES À SECRETARIA MUNICIPAL DE SAÚDE (SMS) DA LEI COMPLEMENTAR MUNICIPAL N° 16/2018, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/678/protocolo_2015.2023_projeto_de_lei_complementar_09.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/678/protocolo_2015.2023_projeto_de_lei_complementar_09.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO MUNICIPAL DE DESBUROCRATIZAÇÃO DO SERVIÇO PÚBLICO MUNICIPAL, RACIONALIZA OS ATOS E PROCEDIMENTOS ADMINISTRATIVOS, CRIA CARGOS EM COMISSÃO NA ESTRUTURA ADMINISTRATIVA DA SEINFRA E DA SEMMA, ALTERA O CÓDIGO TRIBUTÁRIO MUNICIPAL, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/679/protocolo_2011.2023_projeto_de_lei_complementar_10.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/679/protocolo_2011.2023_projeto_de_lei_complementar_10.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA SECRETARIA MUNICIPAL DE REPRESENTAÇÃO INSTITUCIONAL-SMRI, A ALTERAÇÃO DE DISPOSOTIVOS DA LEI COMPLEMENTAR MUNICIPAL N° 16/2018, QUE DISPÕE SOBRE A ESTRUTURA ORGANIZACIONAL BÁSICA DA ADMINISTRAÇÃO PÚBLICA DO PODER EXECUTIVO DO MUNICÍPIO DE SANTA RITA PB, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/27/protocolo_599.2023_projeto_de_resolucao_001.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/27/protocolo_599.2023_projeto_de_resolucao_001.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Cria o Diário Oficial Eletrônico da Câmara Municipal de Santa Rita e dá outras providências.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/344/protocolo_1327.2023_projeto_de_resolucao_02.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/344/protocolo_1327.2023_projeto_de_resolucao_02.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>"ALTERA A REDAÇÃO DO ARTIGO 104, DA RESOLUÇÃO N° 013/2018, QUE ESTABELECEU O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE SANTA RITA - PB E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/78/protocolo_715.2023_projeto_de_lei____.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/78/protocolo_715.2023_projeto_de_lei____.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Acrescenta os §§ §§ 1° - A e 1° - B ao art.  66 da Lei Orgânica do Município de Santa Rita, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/91/protocolo_860.2023_projeto_de_emenda_a_lei_organica__02_.2023_oficio_34.2023_poder_executivo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/91/protocolo_860.2023_projeto_de_emenda_a_lei_organica__02_.2023_oficio_34.2023_poder_executivo.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO INCISO XI DO ART. 61 DA LEI ORGÂNICA DO MUNICÍPIO DE SANTA RITA-PB, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/5/protocolo_511.2023._requerimento_parlamentar_202.2023._ver._francisco_queiroga.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/5/protocolo_511.2023._requerimento_parlamentar_202.2023._ver._francisco_queiroga.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental após ouvido em plenário, que seja enviado ao excelentíssimo Chefe do Poder Executivo, o Sr. Emerson Fernandes Alvino Panta, que seja feito a pavimentação da Rua Travessa Juvenal Lamartine (corredor da vacina), que fica localizado no Bairro de Odilândia nesse Município.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/6/protocolo_510.2023._requerimento_parlamentar_203.2023._ver._francisco_queiroga.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/6/protocolo_510.2023._requerimento_parlamentar_203.2023._ver._francisco_queiroga.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental após ouvido em plenário, que seja enviado ao excelentíssimo Chefe do Poder Executivo, o Sr. Emerson Fernandes Alvino Panta, que seja feita a pavimentação da Rua Trecho Daura Santiago com Raimundo Suassuna, que fica localizado no bairro de Odilândia nesse Município.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/4/protocolo_540.2023._requerimento_parlamentar_221.2023._ver._francisco_queiroga.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/4/protocolo_540.2023._requerimento_parlamentar_221.2023._ver._francisco_queiroga.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental após ouvido em plenário, que seja enviado ao excelentíssimo Chefe do Poder Executivo, o Sr. Emerson Fernandes Alvino Panta, que seja feita a pavimentação da Rua Professor Luiz Porto, trecho 3 e 4 (Nova Odilândia), que fica localizado no Bairro de Odilândia neste Município.</t>
   </si>
   <si>
     <t>Requer do Poder Executivo, a Pavimentação da Rua José Antônio de Souza, que fica localizada no Bairro de Odilândia.</t>
   </si>
   <si>
     <t>Kinho de Lerolândia</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/7/protocolo_580.2023._requerimento_parlamentar_226.2023_._ver._kinho_de_lerolandia.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/7/protocolo_580.2023._requerimento_parlamentar_226.2023_._ver._kinho_de_lerolandia.pdf</t>
   </si>
   <si>
     <t>Requeremos de forma regimental depois de ouvido em plenário, que seja enviado ao excelentíssimo Chefe do poder executivo, que inclua nas suas obras a construção de paradas de ônibus no bairro de  Lerolândia em Santa Rita.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/8/protocolo_581.2023._requerimento_parlamentar_227.2023_._ver._kinho_de_lerolandia.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/8/protocolo_581.2023._requerimento_parlamentar_227.2023_._ver._kinho_de_lerolandia.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental após ouvido em plenário, que seja enviado ao excelentíssimo Chefe do Poder Executivo, que inclua nas obras de sua administração a reforma da praça São Pedro e São Paulo no Bairro de Lerolândia em Santa Rita.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>Tiane de Berg</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/65/protocolo_575.2023_requerimento_parlamentar_228.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/65/protocolo_575.2023_requerimento_parlamentar_228.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental depois de ouvido em plenário, que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta, que inclua nas obras de sua gestão a pavimentação em paralelepípedos, da Rua Jubermal Batista da Silva, localizada no Lot. Boa Vista, no Distrito de Várzea Nova.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/66/protocolo_574.2023_requerimento_parlamentar_229.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/66/protocolo_574.2023_requerimento_parlamentar_229.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Requeiro de forma regimental depois de ouvido em plenário que seja encaminhado ao Chefe do poder Executivo Sr. Emerson Panta, que inclua nas obras de sua gestão, a pavimentação em paralelepípedos da Rua Oficial de Justiça João Quirino Santana, localizada no Lot. Boa Vista, no Distrito de Várzea Nova, neste Município.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>Requer do Poder Executivo, que inclua nas obras de sua administração, o recapeamento asfáltico da Rua Anésio Alves de Miranda, Travessa Gomes Vieira e Rua João Gomes viera localizada no Distrito de Várzea Nova, neste município.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/9/protocolo_569.2023._requerimento_parlamentar_231.2023_._ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/9/protocolo_569.2023._requerimento_parlamentar_231.2023_._ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental após ouvido em plenário, que seja enviado ao excelentíssimo Chefe do Poder Executivo, o Sr. Emerson Fernandes Alvino Panta, junto com a secretaria de Planejamento, venha realizar estudos a fim construir um Ginásio Poliesportivo no Distrito de Várzea Nova.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/10/protocolo_568.2023_requerimento_parlamentar_232.2023._ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/10/protocolo_568.2023_requerimento_parlamentar_232.2023._ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental após ouvido em plenário, que seja enviado ao excelentíssimo Chefe do Poder Executivo, o Sr. Emerson Fernandes Alvino Panta, junto a secretaria de infraestrutura, no setor de iluminação pública, que venham realizar a instalação de iluminação em LED, na Rua Padre Geraldo Pinto, no bairro de Marcos Moura neste município.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/11/protocolo_567.2023._requerimento_parlamentar_233.2023._ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/11/protocolo_567.2023._requerimento_parlamentar_233.2023._ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental após ouvido em plenário, que seja enviado ao excelentíssimo Chefe do Poder Executivo, o Sr. Emerson Fernandes Alvino Panta, junto a Secretaria de Infraestrutura, no setor de iluminação pública, que seja instalado iluminação em LED, na rua do Cajueiro no distrito de várzea Nova nesse município.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/30/protocolo_566.2023_requerimento_parlamentar_234.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/30/protocolo_566.2023_requerimento_parlamentar_234.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental, depois de ouvido em Plenário, que seja encaminhado ao chefe do poder executivo Sr. Emerson Panta, junto a secretaria de Infraestrutura, no setor de iluminação pública, que venham realizar a instalação de iluminação em LED, na rua Boa Vista, no Distrito de Várzea Nova neste município.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/29/protocolo_565.2023_requerimento_parlamentar_235.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/29/protocolo_565.2023_requerimento_parlamentar_235.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental, depois de ouvido em plenário, que seja encaminhado ao Chefe de Poder Executivo, Senhor Emerson Panta, que inclua nas obras da sua gestão a pavimentação em paralelepípedos da Rua Elizio Dantas, localizada no Distrito de Várzea Nova, neste Município.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/28/protocolo_564.2023_requerimento_parlamentar_236.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/28/protocolo_564.2023_requerimento_parlamentar_236.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Requeiro de forma regimental, depois de ouvido em plenário, que seja encaminhado ao chefe de poder executivo, Sr. Emerson Panta, que inclua nas obras da sua gestão a Drenagem da Rua Padre Geraldo Pinto, localizada no Bairro Marcos Moura, neste Município.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>Requer do Poder Executivo, a implantação de uma faixa de pedestres na Av. João Pessoa, no Bairro de Tibiri II, localizada neste município.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>Requer do Poder Executivo, a pavimentação da Rua Capitão Viturino da Cunha, que fica localizada no Bairro de Tibiri II, neste município.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/12/protocolo_609.2023._requerimento_parlamentar_245.2023_._ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/12/protocolo_609.2023._requerimento_parlamentar_245.2023_._ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental após ouvido em plenário, que seja enviado ao excelentíssimo Chefe do Poder Executivo, o Sr. Emerson Fernandes Alvino Panta, que inclua nas obras da sua administração a reforma da praça que fica em frente a igreja Sagrado Coração de Jesus com equipamentos de ginástica no conjunto Tibiri I bairro Popular nesse município</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/38/protocolo_615.2023_requerimento_parlamentar_248.2023_ver._tenente_jair.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/38/protocolo_615.2023_requerimento_parlamentar_248.2023_ver._tenente_jair.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo, que solicite a Secretaria de Saúde que seja feito o concerto do Compressor da Cadeira odontológica do PSF do Paulo VI, no Bairro do Alto das populares e a instalação hidráulica e elétrica da cadeira odontológica do PSF PADRE PAULO, NO CENTRO  De Santa Rita, neste município.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/63/protocolo_614.2023_requerimento_parlamentar_249.2023_ver._tenente_jair.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/63/protocolo_614.2023_requerimento_parlamentar_249.2023_ver._tenente_jair.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental depois de ouvido o Plenário, que seja enviado ao Chefe do Poder Executivo, Sr. Emerson Panta, que solicite a Secretaria de Infraestrutura o Calçamento da Rua Santa Rita - próximo a rua Boa Vista, no Bairro de Várzea Nova, nesse Município.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/69/protocolo_613.2023_requerimento_parlamentar_250.2023_ver._tenente_jair.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/69/protocolo_613.2023_requerimento_parlamentar_250.2023_ver._tenente_jair.pdf</t>
   </si>
   <si>
     <t>Requeiro de forma regimental depois de ouvido o plenário, que seja enviado ao Chefe de poder Executivo Sr. Emerson Panta, que solicite a Secretaria de Saúde que retorne para seu local de origem os PSF´s Padre Malagrida II e Odon Leite, nesse município.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/13/protocolo_667.2023._requerimento_parlamentar_251.2023_._ver._paulo_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/13/protocolo_667.2023._requerimento_parlamentar_251.2023_._ver._paulo_fernandes.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental após ouvido em plenário, que seja enviado ao excelentíssimo Chefe do Poder Executivo, o Sr. Emerson Fernandes Alvino Panta, que inclua nas obras de sua administração, a pavimentação da rua Sebastião Mendes localizada no Lot. Sol Nascente Bairro Tibiri II nesse Município.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/14/protocolo_643.2023._requerimento_parlamentar_252.2023_._ver.naedson_graciano.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/14/protocolo_643.2023._requerimento_parlamentar_252.2023_._ver.naedson_graciano.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental após ouvido em plenário, que seja enviado ao excelentíssimo Chefe do Poder Executivo, o Sr. Emerson Fernandes Alvino Panta, através da Secretaria de Infraestrutura, execute a implantação de uma UBS no Lot. Santo Amaro.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/15/protocolo_642.2023._requerimento_parlamentar_253.2023_._ver._naedson_graciano.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/15/protocolo_642.2023._requerimento_parlamentar_253.2023_._ver._naedson_graciano.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental após ouvido em plenário, que seja enviado ao excelentíssimo Chefe do Poder Executivo, o Sr. Emerson Fernandes Alvino Panta, através da Secretaria de Infraestrutura, execute a instalação de paradas de ônibus com coberta, na praça do chafariz em Tibiri II.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/16/protocolo_641.2023_requerimento_parlamentar_254.2023_ver._naedson_graciano.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/16/protocolo_641.2023_requerimento_parlamentar_254.2023_ver._naedson_graciano.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental após ouvido em plenário, que seja enviado ao excelentíssimo Chefe do Poder Executivo, o Sr. Emerson Fernandes Alvino Panta, através da secretaria de Infraestrutura, execute a pavimentação da rua São Pedro no Lot. Vista do Vale em Várzea Nova.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/70/protocolo_640.2023_requerimento_parlamentar_255.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/70/protocolo_640.2023_requerimento_parlamentar_255.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental depois de ouvido o plenário, que o chefe de poder executivo Sr. Emerson Panta, através da Secretaria de Infraestrutura que realize a pavimentação asfáltica da Av. João Gonçalves de Medeiros no Heitel Santiago.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/17/protocolo_687.2023._requerimento_parlamentar_256.2023_._ver._tenente_jair.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/17/protocolo_687.2023._requerimento_parlamentar_256.2023_._ver._tenente_jair.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental após ouvido em plenário, que seja enviado ao excelentíssimo Chefe do Poder Executivo, o Sr. Emerson Fernandes Alvino Panta, que solicite a secretaria de Infraestrutura o calçaamento das ruas: Jornalista Severino Ramos, Otávio Amorim, Cristóvão Colombo e Ester Gonçalves Cavalcante, que fica em Tibiri II.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/18/protocolo_686.2023._requerimento_parlamentar_257.2023_._ver._tenente_jair.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/18/protocolo_686.2023._requerimento_parlamentar_257.2023_._ver._tenente_jair.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental após ouvido em plenário, que seja enviado ao excelentíssimo Chefe do Poder Executivo, o Sr. Emerson Fernandes Alvino Panta, que solicite a Secretaria de saúde um PSF para o conjunto Irmã Antonieta no Bairro do Marcus Moura nessa cidade.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/19/protocolo_685.2023._requerimento_parlamentar_258.2023_._ver._tenente_jair.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/19/protocolo_685.2023._requerimento_parlamentar_258.2023_._ver._tenente_jair.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental após ouvido em plenário, que seja enviado ao excelentíssimo Chefe do Poder Executivo, o Sr. Emerson Fernandes Alvino Panta, que solicite a Secretaria de saúde para que disponibilize uma enfermeira e materiais para curativos para o PSF Dra. Ana Virgínia no Bairro do açude messe Município.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/62/protocolo_639.2023_requerimento_parlamentar_259.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/62/protocolo_639.2023_requerimento_parlamentar_259.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental depois de ouvido em plenário, que o Excelentíssimo Chefe do Poder Executivo, Sr. Emerson Panta, através da Secretaria de Segurança Pública deste município, execute estudos no sentido de adotar medidas para aumentar a segurança nas unidades escolares municipais e dar suporte aos profissionais de educação para contenção de eventuais ocorrências.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/61/protocolo_638.2023_requerimento_parlamentar_260.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/61/protocolo_638.2023_requerimento_parlamentar_260.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>REQUEIRO NA FORMA REGIMENTAL DEPOIS DE OUVIDO EM PLENÁRIO, QUE O EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SR. EMERSON PANTA, ATRAVÉS DA SECRETARIA DE SAÚDE, EXECUTE A ABERTURA DA UBS CELESTE RIBEIRO EM VÁRZEA NOVA.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/26/protocolo_637.2023_requerimento_parlamentar_261.2023_ver._naedson_graciano.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/26/protocolo_637.2023_requerimento_parlamentar_261.2023_ver._naedson_graciano.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental depois de ouvido em Plenário, que o Excelentíssimo Chefe do Poder Executivo, Sr. Emerson Panta, através da Secretaria de Infraestrutura, execute a pavimentação da Rua José Valdevino Ferreira, no Lot. Vidal de Negreiros em nosso Município.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/33/protocolo_704.2023_requerimento_parlamentar_262.2023_ver._queiroga.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/33/protocolo_704.2023_requerimento_parlamentar_262.2023_ver._queiroga.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental após ouvido em plenário, que seja enviado ao excelentíssimo Chefe do Poder executivo, o Sr. Emerson Fernandes Alvino Panta, que seja incluído nas suas obras a pavimentação da Rua Governador Tarcísio Burity, que fica localizada no Bairro de Cicerolândia neste Município.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/32/protocolo_703.2023_requerimento_parlamentar_263.2023_ver._queiroga.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/32/protocolo_703.2023_requerimento_parlamentar_263.2023_ver._queiroga.pdf</t>
   </si>
   <si>
     <t>Requeiro de forma regimental após ouvido em plenário, que seja enviado ao Excelentíssimo Chefe de Poder Executivo, Sr. Emerson Fernandes Alvino Panta, que seja incluído nas suas obras a pavimentação da Rua Jornal de Alagoas, que fica localizada no Bairro de Cicerolândia neste município.</t>
   </si>
   <si>
     <t>Requer do Poder Executivo, a pavimentação da Rua Dom Felipe II, que fica localizada no Bairro de Cicerolândia, neste Município.</t>
   </si>
   <si>
     <t>Requer do Poder Executivo, que inclua nas obras de sua administração reforma da quadra de esporte da Escola Índio Piragibe, no Alto das Populares, neste município</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/34/protocolo_740.2023_requerimento_parlamentar_266.2023_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/34/protocolo_740.2023_requerimento_parlamentar_266.2023_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental, depois de ouvido em plenário, que seja encaminhado ao Excelentíssimo chefe do Poder Executivo, Sr. Emerson Panta, para que inclua nas obras de sua gestão a implantação de uma área reservada de carga e descarga nas proximidades da feira de Tibiri, na avenida João Pessoa, entre as lojas Santana miudezas e a loja DL Tech, tendo em vista que naquela área existe uma forte demanda de descarga e muitas vezes o caminhões param em locais inadequados, causando transtorno no trânsito.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/35/protocolo_741.2023_requerimento_parlamentar_267.2023_ver._tenente_jair.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/35/protocolo_741.2023_requerimento_parlamentar_267.2023_ver._tenente_jair.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental depois de ouvido o plenário, que seja enviado ao Chefe do Poder Executivo, Sr. Emerson Panta, para que solicite a Secretaria de Saúde para que disponibilize exames oftalmológicos para adultos e crianças, bem como a doação de óculos para a população carente no nosso município.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>Requer do Poder Executivo, que realize estudo de viabilidade para cumprimento da Lei Federal nº 14/434/2022, que define o piso salarial dos enfermeiros, técnicos de enfermagem, auxiliares de enfermagem e as parteiras, informo ainda que o presente requerimento, já foi solicitado anteriormente, por meio do Requerimento nº 406/2022.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/20/protocolo_710.2023_requerimento_parlamentar_269.2023_ver._paulo_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/20/protocolo_710.2023_requerimento_parlamentar_269.2023_ver._paulo_fernandes.pdf</t>
   </si>
   <si>
     <t>Requeiro de forma regimental após ouvido em Plenário, que seja enviado um veemente apelo ao Excelentíssimo Chefe de Poder Executivo, que inclua nas obras de sua administração a Pavimentação da Rua Onofre Honório, localizada no Lot. Planalto Tibiri I neste município.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/36/protocolo_742.2023_requerimento_parlamentar_265.2023_ver._paulo_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/36/protocolo_742.2023_requerimento_parlamentar_265.2023_ver._paulo_fernandes.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental depois de ouvido em Plenário, que seja enviado ao Chefe do Poder Executivo Sr. Emerson Panta, que seja executado o serviço de readequação das caneletas que cruzam/cortam toda a extensão da Rua professor Severo Rodrigues, localizada no Bairro popular neste Município.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/49/protocolo_712.2023_requerimento_parlamentar_272.2023_ver._tenente_jair.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/49/protocolo_712.2023_requerimento_parlamentar_272.2023_ver._tenente_jair.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental depois de ouvido em plenário, que seja enviado ao chefe do poder executivo, Sr Emerson panta, que solicite a Secretaria de Infraestrutura uma parada de ônibus no bairro Santo Amaro, as margens da PB 004, de frente a pista de treinamento da auto escola Lima, nesse município.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/50/protocolo_713.2023_requerimento_parlamentar_273.2023_ver._tenente_jair.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/50/protocolo_713.2023_requerimento_parlamentar_273.2023_ver._tenente_jair.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental depois de ouvido em plenário, que seja enviado ao Chefe de Poder Executivo, Sr. Emerson Panta, que solicite a Secretaria de Infraestrutura o calçamento da ruas: Jornalista Severino Ramos, Otávio Amorim e Ester Gonçalves Cavalcante, ruas estas que ficam localizadas no bairro Tibiri II, neste Município.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/51/protocolo_746.2023_requerimento_parlamentar_274.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/51/protocolo_746.2023_requerimento_parlamentar_274.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental depois de ouvido em plenário, que o Excelentíssimo Chefe de Poder Executivo, Sr. Emerson Panta, através da Secretaria de Infraestrutura que realize a pavimentação da rua lateral a fábrica Valtex em frente a Arena de Society F10.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/52/protocolo_747.2023_requerimento_parlamentar_275.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/52/protocolo_747.2023_requerimento_parlamentar_275.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental depois de ouvido em plenário que o Excelentíssimo Sr. Emerson Panta, através da Secretaria de Mobilidade Urbana (SEMOB) execute a implantação de uma faixa de pedestre na rua Monsenhor R. Borges em frente a Igreja Batista.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/53/protocolo_748.2023_requerimento_parlamentar_276.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/53/protocolo_748.2023_requerimento_parlamentar_276.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental depois de ouvido em plenário, que o Chefe do Poder executivo Sr. Emerson Panta, através da Secretaria de Mobilidade Urbana  (SEMOB) execute a implantação de ciclofaixas na Av. Flávio Ribeiro Coutinho, Rua Siqueira Campos, Rua Juarez Távora, Av. Anísio Pereira Borges, Rua Dom Pedro II e da Rua Virgínio Veloso Borges até o binário de Tibiri II.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/54/protocolo_749.2023_requerimento_parlamentar_277.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/54/protocolo_749.2023_requerimento_parlamentar_277.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental depois de ouvido em plenário que o Chefe do Poder Executivo Sr. Emerson Panta, através da Secretaria de Infraestrutura execute a desobstrução de todas as galerias próximos as ruas Água Branca, Caaporã, Pombal, Bahia da Traição, Alhandra, Av Conde, Barra do São Miguel e Cabaceiras em Tibiri II neste Município.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/55/protocolo_750.2023_requerimento_parlamentar_278.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/55/protocolo_750.2023_requerimento_parlamentar_278.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental depois de ouvido em plenário, que o Chefe do Poder Executivo Sr. Emerson Panta, através da Secretaria de Infraestrutura que execute o serviço de nivelamento e tapa buracos da rua Jericó em Tibiri II.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/56/protocolo_751.2023_requerimento_parlamentar_279.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/56/protocolo_751.2023_requerimento_parlamentar_279.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental depois de ouvido em plenário, que o Chefe de Poder Executivo Sr. Emerson Panta, através da Secretaria de Mobilidade Urbana (SEMOB) execute um ECOPEDAL com percurso de 30km em volta da cidade com finalização de um coffeebreak para todos os ciclistas.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/57/protocolo_762.2023_requerimento_parlamentar_280.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/57/protocolo_762.2023_requerimento_parlamentar_280.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental depois de ouvido em plenário, que seja enviado ao Excelentíssimo Chefe do Poder Executivo, Sr. Emerson Panta, que inclua nas obras de sua administração o calçamento da estrada que da acesso a comunidade Utinga, neste Município.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/64/protocolo_615.2023_requerimento_parlamentar_248.2023_ver._tenente_jair.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/64/protocolo_615.2023_requerimento_parlamentar_248.2023_ver._tenente_jair.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental depois de ouvido em plenário, que seja enviado ao Sr. Emerson Panta, que solicite a Secretaria de Saúde que seja feito o Conserto do compressor da cadeira odontológica do PSF do Paulo VI, no bairro do Alto das Populares e a Instalação Hidráulica e Elétrica da cadeira odontológica do PSF Padre Paulo no centro de Santa Rita.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/67/protocolo_697.2023_requerimento_parlamentar_267.2023_ver._kinho_de_lerolandia.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/67/protocolo_697.2023_requerimento_parlamentar_267.2023_ver._kinho_de_lerolandia.pdf</t>
   </si>
   <si>
     <t>Requeiro de forma regimental após ouvido em plenário, que seja consignado na ata dos trabalhos Voto de Aplausos, a Senhora Ana Rita Santos de Albuquerque Costa, Gerente da Unidade SESC Saúde da Mulher, tendo em vista aos relevantes serviços prestados as mulheres Santarritense. _x000D_
 _x000D_
 Requeiro ainda que a decisão do plenário comunicado a homenageada.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/68/protocolo_539.2023_requerimento_parlamentar_222.2023_ver._queiroga.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/68/protocolo_539.2023_requerimento_parlamentar_222.2023_ver._queiroga.pdf</t>
   </si>
   <si>
     <t>Requeiro de forma regimental após ouvido em plenário que seja enviado ao chefe do poder executivo Sr. Emerson Panta, a pavimentação da rua José Antônio de Souza, (por trás do ginásio esportivo) que fica localizada no bairro de Odilândia neste Município.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/82/protocolo_786.2023_requerimento_parlamentar__281_.2023_ver._tenente_jair.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/82/protocolo_786.2023_requerimento_parlamentar__281_.2023_ver._tenente_jair.pdf</t>
   </si>
   <si>
     <t>Requeiro na forma regimental depois de ouvido em plenário, que seja enviado ao Chefe do Poder Executivo, Sr. Emerson Panta, que Solicite a Secretaria de Infraestrutura o Calçamento da Rua São Severino - Loteamento São Judas Tadeu, no bairro de Várzea Nova, nesse Município.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>Cícero Medeiros</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/86/protocolo_816.2023_requerimento_parlamentar_282.2023_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/86/protocolo_816.2023_requerimento_parlamentar_282.2023_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>Req. Calçamento da Rua Nova Jerusalém no Heitel Santiago.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/87/protocolo_815.2023_requerimento_parlamentar_283.2023_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/87/protocolo_815.2023_requerimento_parlamentar_283.2023_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>Calçamento das Ruas Francisca Meira Ângelo localizada Bairro Popular.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/88/protocolo_792.2023_requerimento_parlamentar_287.2023_ver._cassio.celio.naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/88/protocolo_792.2023_requerimento_parlamentar_287.2023_ver._cassio.celio.naedson.pdf</t>
   </si>
   <si>
     <t>Requeremos a Vossa Excelência, na forma regimental e após apreciação do plenário, que esta Casa consigne em ata dos trabalhos VOTOS DE APLAUSOS  pelo 39° (trigésimo nono) ANIVERSÁRIO DA IGREJA BATISTA INDEPENDENTE BETEL em Tibiri II, a qual é dirigida pelo abençoado Pastor: WALDIR FERNANDES DA LUZ.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/89/protocolo_835.2023_requerimento_parlamentar_288.2023_ver._paulo_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/89/protocolo_835.2023_requerimento_parlamentar_288.2023_ver._paulo_fernandes.pdf</t>
   </si>
   <si>
     <t>Readequação das caneletas que cruzam/cortam toda a extensão da Rua: São José, localizada no bairro popular.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/92/protocolo_855.2023_requerimento_legislativo_289.2023_ver._kinho_de_lerolandia.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/92/protocolo_855.2023_requerimento_legislativo_289.2023_ver._kinho_de_lerolandia.pdf</t>
   </si>
   <si>
     <t>Requeremos de forma regimental depois de ouvido em plenário, que seja enviado ao Chefe do Poder Executivo Sr. Emerson Panta que inclua nas obras de sua administração Serviço de terraplanagem no Distrito de Lerolândia, Santa Rita.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/93/protocolo_859.2023_requerimento_parlamentar_290.2023_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/93/protocolo_859.2023_requerimento_parlamentar_290.2023_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>Reforma da praça Diógenes Chianca.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/115/protocolo_881.2023_requerimento_parlamentar___291.2023_ver._cassio.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/115/protocolo_881.2023_requerimento_parlamentar___291.2023_ver._cassio.pdf</t>
   </si>
   <si>
     <t>Pavimentação em paralelepípedos da Rua Adaylme Maciel Ferreira em Tibiri II.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/116/protocolo_886.2023_requerimento_parlamentar_292.2023_ver._anesio_miranda.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/116/protocolo_886.2023_requerimento_parlamentar_292.2023_ver._anesio_miranda.pdf</t>
   </si>
   <si>
     <t>Pavimentação e Drenagem das ruas que ainda não estão pavimentadas, localizada no Lot. Jardim Europa I</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/117/protocolo_887.2023_requerimento_parlamentar_293.2023_ver._anesio_miranda.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/117/protocolo_887.2023_requerimento_parlamentar_293.2023_ver._anesio_miranda.pdf</t>
   </si>
   <si>
     <t>Implantação de uma praça com equipamentos para prática de ginásticas, localizada no Lot. Jardim Europa I</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/118/protocolo_917.2023_requerimento_parlamentar_294.2023_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/118/protocolo_917.2023_requerimento_parlamentar_294.2023_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Construção de uma quadra poliesportiva na Escola Municipal Manoel Faustino de Mendonça, no Heitel Santiago.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/119/protocolo_919.2023_requerimento_parlamentar_295.2023_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/119/protocolo_919.2023_requerimento_parlamentar_295.2023_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Pavimentação asfáltica da Rua Bom Jesus em Tibiri II.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/120/protocolo_921.2023_requerimento_parlamentar_296.2023_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/120/protocolo_921.2023_requerimento_parlamentar_296.2023_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Implantação de uma área reservada de carga e descarga nas proximidades da feira de Tibiri II na av. João Pessoa</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/121/protocolo_922.2023_requerimento_parlamentar_297.2023_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/121/protocolo_922.2023_requerimento_parlamentar_297.2023_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Pavimentação da Rua Capitão Vitorino da Cunha no JD. Europa</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/122/protocolo_923.2023_requerimento_parlamentar_298.2023_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/122/protocolo_923.2023_requerimento_parlamentar_298.2023_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Construção de um novo cemitério na cidade ou adequação dos cemitérios existentes em Tibiri, centro de Santa Rita e Várzea Nova.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/123/protocolo_924.2023_requerimento_parlamentar_299.2023_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/123/protocolo_924.2023_requerimento_parlamentar_299.2023_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Construção do mercado público em Tibiri</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/124/protocolo_925.2023_requerimento_parlamentar_300.2023_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/124/protocolo_925.2023_requerimento_parlamentar_300.2023_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Drenagem das Ruas Jericó, Juazeirinho e Diamante em Tibiri.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/125/protocolo_901.2023_requerimento_parlamentar_301.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/125/protocolo_901.2023_requerimento_parlamentar_301.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Que as passagens de água localizadas na via Severo Rodrigues sejam transformadas em passagens subterrâneas, visando proporcionar maior segurança e comodidade para os pedestres, veículos e o meio ambiente.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/126/protocolo_904.2023_requerimento_parlamentar_302.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/126/protocolo_904.2023_requerimento_parlamentar_302.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Que seja feita a pavimentação asfáltica da rua Guarabira no bairro de Tibiri II</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/127/protocolo_903.2023_requerimento_parlamentar_303.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/127/protocolo_903.2023_requerimento_parlamentar_303.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Que seja feita uma faixa elevada na Rua Epitácio Pessoa no centro desta cidade em frente a escola Lápis na mão.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/128/protocolo_911.2023_requerimento_parlamentar_304.2023_ver._cassio.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/128/protocolo_911.2023_requerimento_parlamentar_304.2023_ver._cassio.pdf</t>
   </si>
   <si>
     <t>Construção e implantação de espaços públicos de convivência e socialização de pets (espaço pet) nas praças e parques da cidade de Santa Rita.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/129/protocolo_933.2023_requerimento_parlamentar_305.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/129/protocolo_933.2023_requerimento_parlamentar_305.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Implantação de Restaurante Popular em Várzea Nova.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/130/protocolo_935.2023_requerimento_parlamentar_306.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/130/protocolo_935.2023_requerimento_parlamentar_306.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Pavimentação em paralelepípedos da rua Demócrito Souza Filho Lot. Planalto Tibiri</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/131/protocolo_936.2023_requerimento_parlamentar_307.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/131/protocolo_936.2023_requerimento_parlamentar_307.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Pavimentação em paralelepípedos da Rua Elizio Dantas em Várzea Nova.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/132/protocolo_937.2023_requerimento_parlamentar_308.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/132/protocolo_937.2023_requerimento_parlamentar_308.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Pavimentação em paralelepípedos das ruas Sebastiana Maria de Souza e Oficial de Justiça João Quirino Santana no Lot. Boa Vista em Várzea Nova.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/133/protocolo_938.2023_requerimento_parlamentar_309.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/133/protocolo_938.2023_requerimento_parlamentar_309.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Pavimentação em paralelepípedos das ruas Estelita Londres e Brigadeiro Eduardo Gomes no Lot. Boa Vista em Várzea Nova.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/134/protocolo_939.2023_requerimento_parlamentar_310.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/134/protocolo_939.2023_requerimento_parlamentar_310.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Implantação de uma UNIDADE BÁSICA DE SAÚDE (UBS) no Lot. Augustolândia em Várzea Nova</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/135/protocolo_940.2023_requerimento_parlamentar_311.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/135/protocolo_940.2023_requerimento_parlamentar_311.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Implantação de uma UNIDADE BÁSICA DE SAÚDE (UBS) no Lot. Santo Amaro em Várzea Nova.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/136/protocolo_941.2023_requerimento_parlamentar_312.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/136/protocolo_941.2023_requerimento_parlamentar_312.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Instalar em nossa cidade um Programa de Saúde, visando diminuir a fila de espera dos nossos munícipes, que queiram realizar a Laqueadura ou a Vasectomia.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/137/protocolo_942.2023_requerimento_parlamentar_313.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/137/protocolo_942.2023_requerimento_parlamentar_313.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Recapeamento da rua Anésio Alves de Miranda, Travessa Gomes Vieira e rua João Gomes Vieira em Várzea Nova.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/138/protocolo_943.2023_requerimento_parlamentar_314.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/138/protocolo_943.2023_requerimento_parlamentar_314.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Recapeamento asfáltico da rua Boa Vista em Várzea Nova.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/139/protocolo_944.2023_requerimento_parlamentar_315.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/139/protocolo_944.2023_requerimento_parlamentar_315.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Pavimentação em paralelepípedos da rua professor José Luiz Clerot (rua da bica) localizado no Lot. São Judas Tadeu em Várzea Nova.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/140/protocolo_945.2023_requerimento_parlamentar_316.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/140/protocolo_945.2023_requerimento_parlamentar_316.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Reforma da praça Luciano Wanderley no Lot. Castanheiro em Várzea Nova</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/141/protocolo_946.2023_requerimento_parlamentar_317.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/141/protocolo_946.2023_requerimento_parlamentar_317.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Reabertura do Centro Especializado de Reabilitação (CER) de Santa Rita em Tibiri II</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/142/protocolo_947.2023_requerimento_parlamentar_318.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/142/protocolo_947.2023_requerimento_parlamentar_318.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Instalação de iluminação em LED na rua do Cajueiro em Várzea Nova.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/143/protocolo_948.2023_requerimento_parlamentar_319.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/143/protocolo_948.2023_requerimento_parlamentar_319.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Instalação de iluminação em LED na rua Padre Geraldo Pinto em Marcos Moura.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/144/protocolo_949.2023_requerimento_parlamentar_320.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/144/protocolo_949.2023_requerimento_parlamentar_320.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Revitalização do Mercado Público (Maria Batata) em Várzea Nova</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/145/protocolo_950.2023_requerimento_parlamentar_321.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/145/protocolo_950.2023_requerimento_parlamentar_321.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Implantação de um parque Ecológico em Várzea Nova</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/146/protocolo_951.2023_requerimento_parlamentar_322.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/146/protocolo_951.2023_requerimento_parlamentar_322.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Pavimentação em paralelepípedos da rua Cirilo Dias em Várzea Nova.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/147/protocolo_952.2023_requerimento_parlamentar_323.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/147/protocolo_952.2023_requerimento_parlamentar_323.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Pavimentação em paralelepípedos da rua Deputado Clodemir Leite no Lot. Boa Vista em Várzea Nova.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/148/protocolo_953.2023_requerimento_parlamentar_324.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/148/protocolo_953.2023_requerimento_parlamentar_324.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Pavimentação em paralelepípedos da rua José Carlos Lins no Lot. Boa Vista em Várzea Nova.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/149/protocolo_954.2023_requerimento_parlamentar_325.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/149/protocolo_954.2023_requerimento_parlamentar_325.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Implantação de uma Unidade Básica de saúde (UBS) no Conjunto Habitacional Irmã Antonieta em Marcos Moura.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/150/protocolo_955.2023_requerimento_parlamentar_326.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/150/protocolo_955.2023_requerimento_parlamentar_326.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Realizar a instalação de Iluminação em LED na rua Boa Vista em Várzea Nova.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/151/protocolo_956.2023_requerimento_parlamentar_327.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/151/protocolo_956.2023_requerimento_parlamentar_327.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Implantação da Arquibancada do Estádio O Moraizão em Várzea Nova</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/152/protocolo_957.2023_requerimento_parlamentar_328.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/152/protocolo_957.2023_requerimento_parlamentar_328.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Pavimentação asfáltica Das ruas Av. Thirso Furtado, Jornalista Paulo Brandão e Virginio da Gama e Melo em Várzea Nova.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/154/protocolo_958.2023_requerimento_parlamentar_329.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/154/protocolo_958.2023_requerimento_parlamentar_329.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Pavimentação asfáltica da rua Padre Geraldo Pinto em Marcos Moura</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/155/protocolo_959.2023_requerimento_parlamentar_330.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/155/protocolo_959.2023_requerimento_parlamentar_330.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Estudos a fim de fazer aquisição ou contratação de mais 02 (dois) caminhões para realização de trocas e manutenção da iluminação pública</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/156/protocolo_960.2023_requerimento_parlamentar_331.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/156/protocolo_960.2023_requerimento_parlamentar_331.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Implantação de um centro de Hemodiálise em Várzea Nova</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/157/protocolo_961.2023_requerimento_parlamentar_332.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/157/protocolo_961.2023_requerimento_parlamentar_332.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Construção de uma praça pública no ponto final de ônibus do Lot. Boa Vista (ao lado do bar do vaqueiro) em Várzea Nova.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/158/protocolo_962.2023_requerimento_parlamentar_333.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/158/protocolo_962.2023_requerimento_parlamentar_333.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Construção de uma praça pública no Lot. Santo Amaro em Várzea Nova</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/159/protocolo_963.2023_requerimento_parlamentar_334.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/159/protocolo_963.2023_requerimento_parlamentar_334.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Drenagem da rua Padre Geraldo Pinto em Marcos Moura</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/160/protocolo_964.2023_requerimento_parlamentar_335.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/160/protocolo_964.2023_requerimento_parlamentar_335.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Drenagem Urbana da rua Sabiá no Lot. Boa Vista em Várzea Nova</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/161/protocolo_965.2023_requerimento_parlamentar_336.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/161/protocolo_965.2023_requerimento_parlamentar_336.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Construir um Ginásio Poliesportivo no Distrito de Várzea Nova.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/162/protocolo_966.2023_requerimento_parlamentar_337.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/162/protocolo_966.2023_requerimento_parlamentar_337.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Instalação de Iluminação em LED em todas as ruas do Conjunto Habitacional Irmã Antonieta em Marcos Moura</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/163/protocolo_967.2023_requerimento_parlamentar_338.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/163/protocolo_967.2023_requerimento_parlamentar_338.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Pavimentação em paralelepípedos da rua Damião Laurentino da Silva no Lot. Boa Vista em Várzea Nova</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/164/protocolo_1003.2023_requerimento_parlamentar_339.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/164/protocolo_1003.2023_requerimento_parlamentar_339.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Construção de uma UBS unidade básica de saúde no Bairro André Vidal de Negreiros.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/165/protocolo_1004.2023_requerimento_parlamentar_340.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/165/protocolo_1004.2023_requerimento_parlamentar_340.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Reforma e restruturação dos espaços pertencentes (área coberta e áreas de esportes - quadras e campos de futebol) ao Centro Social Urbano - CSU, localizado no Bairro Popular.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/166/protocolo_1006.2023_requerimento_parlamentar_341.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/166/protocolo_1006.2023_requerimento_parlamentar_341.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Reforma e ampliação (medidas oficiais) do Ginásio O Renatão localizado no Bairro Popular</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/167/protocolo_1009.2023_requerimento_parlamentar_342.2023_ver._alysson_gomes_e_anesio_miranda.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/167/protocolo_1009.2023_requerimento_parlamentar_342.2023_ver._alysson_gomes_e_anesio_miranda.pdf</t>
   </si>
   <si>
     <t>Elaboração e execução de projeto que vise a reforma da Praça dos Quiosques (Sieegbert Isidio de Farias) em Tibiri II.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/168/protocolo_1021.2023_requerimento_parlamentar_343.2023_ver._cassio.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/168/protocolo_1021.2023_requerimento_parlamentar_343.2023_ver._cassio.pdf</t>
   </si>
   <si>
     <t>Pavimentação em paralelepípedos e drenagem pluvial da rua Dr. Sindulfo Guedes Santiago em Tibiri II</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/169/protocolo_1023.2023_requerimento_parlamentar_344.2023_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/169/protocolo_1023.2023_requerimento_parlamentar_344.2023_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>Reforma da praça João Pessoa localizado no Centro de Santa Rita.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/170/protocolo_1024.2023_requerimento_parlamentar_345.2023_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/170/protocolo_1024.2023_requerimento_parlamentar_345.2023_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>Construção de uma ponte que liga o Centro da cidade a comunidade Canãa - Usina Santa Rita.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/171/protocolo_1025.2023_requerimento_parlamentar_346.2023_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/171/protocolo_1025.2023_requerimento_parlamentar_346.2023_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>Elevar o bairro de Tibiri II a condição de Distrito</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/172/protocolo_1030.2023_requerimento_parlamentar_347.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/172/protocolo_1030.2023_requerimento_parlamentar_347.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Sessão especial com o setor da construção civil, cartórios e a sociedade civil sobre o problema de atraso na emissão de documentações do setor de construção.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/173/protocolo_1031.2023_requerimento_parlamentar_348.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/173/protocolo_1031.2023_requerimento_parlamentar_348.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Sessão especial com a ANE para que nos apresente o que já foi feito e o que pretende fazer para melhoria no abastecimento de água em nosso município.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/174/protocolo_1032.2023_requerimento_parlamentar_349.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/174/protocolo_1032.2023_requerimento_parlamentar_349.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Sessão especial com o IBGE, CORREIOS, SECRETARIA MUNICIPAL DE PLANEJAMENTO E O PROCON MUNICIPAL onde iremos dar continuidade acerca dos códigos de endreço postal - CEP.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/175/protocolo_1044.2023_requerimento_parlamentar_350.2023_ver._anesio_miranda.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/175/protocolo_1044.2023_requerimento_parlamentar_350.2023_ver._anesio_miranda.pdf</t>
   </si>
   <si>
     <t>Pavimentação e drenagem da rua Vice Prefeito Milton Ferraz no Lot. JD Europa II</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/176/protocolo_1045.2023_requerimento_parlamentar_351.2023_ver._anesio_miranda.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/176/protocolo_1045.2023_requerimento_parlamentar_351.2023_ver._anesio_miranda.pdf</t>
   </si>
   <si>
     <t>Construção de um Teatro Municipal</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/177/protocolo_1055.2023_requerimento_parlamentar_352.2023_ver._tiane_de_berg.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/177/protocolo_1055.2023_requerimento_parlamentar_352.2023_ver._tiane_de_berg.pdf</t>
   </si>
   <si>
     <t>Pavimentação em paralelepípedos da rua Manoel Souza Brandão no Lot. Boa Vista no Distrito de Várzea Nova.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/178/protocolo_1059.2023_requerimento_parlamentar_353.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/178/protocolo_1059.2023_requerimento_parlamentar_353.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Elaboração e execução de projeto que vise a reforma da Praça Antônio Francisco do Amaral Sobrinho (Praça do Amaral) em Tibiri I.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/179/protocolo_1060.2023_requerimento_parlamentar_354.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/179/protocolo_1060.2023_requerimento_parlamentar_354.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Reforma da Praça Capitão José Inácio (Praça de Seu Gabriel)em Tibiri I.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/180/protocolo_1070.2023_requerimento_parlamentar_355.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/180/protocolo_1070.2023_requerimento_parlamentar_355.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Que seja feito o calçamento da via de acesso ao clube Estância Ouro Verde (Aeródromo) na saída da PB 011 em Livramento.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/181/protocolo_1071.2023_requerimento_parlamentar_356.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/181/protocolo_1071.2023_requerimento_parlamentar_356.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Que seja feito lombadas e faixas elevadas na Avenida Assis Chateaubriand em Tibiri II</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/182/protocolo_1072.2023_requerimento_parlamentar_357.2023_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/182/protocolo_1072.2023_requerimento_parlamentar_357.2023_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Sessão especial acerca da questão da Segurança Pública em nossa cidade: Sugiro que seja convidados Sec retaria de segurança e da Defesa Social do Estado da Paraíba, Comandante do sétimo Batalhão, Ministério Público de Santa Rita, sociedade civil, representante do Gabinete do Prefeito, Secretário de Segurança Pública de Santa Rita e outras autoridades.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/183/protocolo_1075.2023_requerimento_parlamentar_358.2023_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/183/protocolo_1075.2023_requerimento_parlamentar_358.2023_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>Reforma e ampliação da Praça Índio Piragibe no Bairro Popular.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/234/protocolo_1116.2023_requerimento_parlamentar_359.2023_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/234/protocolo_1116.2023_requerimento_parlamentar_359.2023_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Realização de um estudo visando a efetivação do saneamento principalmente nas extremidades das ruas Padre Geraldo Pinto (prox. Antigo Multbank) e Prefeito Antônio Teixeira em Marcos Moura.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/235/protocolo_1117.2023_requerimento_parlamentar_360.2023_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/235/protocolo_1117.2023_requerimento_parlamentar_360.2023_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Calçamento em caratér de urgencia das ruas Gov. João Agripino e Arco-íris (nas proximidades do CEFEC) em Marcos Moura.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/229/protocolo_1118.2023_requerimento_parlamentar_361.2023_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/229/protocolo_1118.2023_requerimento_parlamentar_361.2023_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Realização de um estudo visando a efetivação do saneamento da Rua Félix de Figueiredo na altura do antigo ponto final até o parque linear em Marcos Moura.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/233/protocolo_1123.2023_requerimento_parlamentar_362.2023_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/233/protocolo_1123.2023_requerimento_parlamentar_362.2023_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>Votos de aplausos aos guerreiros da FORÇA TÁTICA ALFHA DO 7° BATALHÃO DE POLÍCIA MILITAR DA PB SGT BEZERRA, SD LEONARDO, SD SANTIAGO E SD MYKEIAS</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/232/protocolo_1124.2023_requerimento_parlamemntar_363.2023_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/232/protocolo_1124.2023_requerimento_parlamemntar_363.2023_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>Votos de aplausos ao guerreiro 2° INSPETOR MARCOS VERAS GUARDA DE 1° CLASSE KADSON DA GUARDA MUNICIPAL DE BAYEUX.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/231/protocolo_1125.2023_requerimento_parlamentar_364.2023_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/231/protocolo_1125.2023_requerimento_parlamentar_364.2023_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>Calçamento em paralelepípedos da Rua Maestro Pedro dos Santos no JD. Europa em Tibiri II</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/230/protocolo_1126.2023_requerimento_parlamentar_365.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/230/protocolo_1126.2023_requerimento_parlamentar_365.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Realize um planejamento e implantação de ciclo faixas nesse município</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/228/protocolo_1127.2023_requerimento_parlamentar_366.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/228/protocolo_1127.2023_requerimento_parlamentar_366.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Instalar pontos eletrônicos em todas UBS deste Município</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/227/protocolo_1128.2023_requerimento_parlamentar_367.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/227/protocolo_1128.2023_requerimento_parlamentar_367.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Realizar Torneios municipais da nova modalidade de futebol Society 1x1 valorizando o esporte e os atletas de nossa cidade.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/299/protocolo_1132.2023_requerimento_parlamentar_370.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/299/protocolo_1132.2023_requerimento_parlamentar_370.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ao Governador João Azevedo que seja construido mais uma unidade de pronto atendimento (UPA) no Município de Santa Rita.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/427/protocolo_1133.2023_requeriemento_parlamentar_371.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/427/protocolo_1133.2023_requeriemento_parlamentar_371.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja enviado ao Chefe de Poder Executivo Sr. Emerson Panta que solicite ao órgão responsável a instalação de mais uma agência dos correios em nosso Município.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/309/protocolo_1134.2023_requerimento_parlamentar_372.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/309/protocolo_1134.2023_requerimento_parlamentar_372.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado ao Governador João Azevedo a implantação de mais uma casa da Cidadania em nosso Município.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/236/protocolo_1164.2023_requerimento_parlamentar_379.2023_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/236/protocolo_1164.2023_requerimento_parlamentar_379.2023_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo a pavimentação asfálticadas ruas Paraná e Guanabara no Bairro Popular Nesta cidade.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/246/protocolo_1165.2023_requerimento_parlamentar_381.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/246/protocolo_1165.2023_requerimento_parlamentar_381.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do poder Executivo Sr. Emerson Panta que veja a possibilidade de firmar um convênio com a universidade UNOPAR.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/411/protocolo_1156.2023_requerimento_administrativo_382.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/411/protocolo_1156.2023_requerimento_administrativo_382.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja enviado ao Excelentíssimo Chefe do Poder Executivo Sr. Emerson Panta que solicite ao órgão responsável a Instalação de uma escola Técnica em nosso Município.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/274/protocolo_1155.2023_requerimento_parlamentar_383.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/274/protocolo_1155.2023_requerimento_parlamentar_383.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Pavimentação da rua Jornalista Roberto Marinho Tibiri 2</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/240/protocolo_1157.2023_requerimento_parlamentar_384.2023_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/240/protocolo_1157.2023_requerimento_parlamentar_384.2023_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Implantação de lombadas ou faixas de pedestres elevadas na Av. Arnóbio Maroja em Tibiri 2</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/248/protocolo_1162.2023_requerimento_parlamentar_388.2023_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/248/protocolo_1162.2023_requerimento_parlamentar_388.2023_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>Desobstrução e construção das placas de concreto das galerias da Rua Dr. Pedrosa no Bairro Santa Cruz.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/242/protocolo_1161.2023_requerimento_parlamentar_389.2023_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/242/protocolo_1161.2023_requerimento_parlamentar_389.2023_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>Asfalto da Rua Dr. Pedrosa no Bairro Santa Cruz.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/241/protocolo_1185.2023_requerimento_parlamentar_391.2023_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/241/protocolo_1185.2023_requerimento_parlamentar_391.2023_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo Estadual Sr. João Azevedo que inclua nas obras de sua administração em caráter de urgência a pavimentação asfáltica da PB 004 no trecho que liga as cidades de Santa Rita e Bayeux, como também a construção de um calçadão no mesmo trecho.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/243/protocolo_1190.2023_requerimento_parlamentar_394.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/243/protocolo_1190.2023_requerimento_parlamentar_394.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>Requer uma Sessão especial em setembro de 2023 a fim de homenagear o dia do Profissional de educação Física comemorado no dia 1° de Setembro.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/302/protocolo_1192.2023_requerimento_parlamentar_395.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/302/protocolo_1192.2023_requerimento_parlamentar_395.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder executivo que inclua nas obras de sua administração a pavimentação da Rua Estrela no Bairro de Livramento.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/294/protocolo_1193.2023_requerimento_parlamentar_396.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/294/protocolo_1193.2023_requerimento_parlamentar_396.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo a pavimentação da Rua da Palmeiras no Bairro de Livramento.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/245/protocolo_1195.2023_requerimento_parlamentar_398.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/245/protocolo_1195.2023_requerimento_parlamentar_398.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo a construção de uma creche escola no Lot. Santo Amaro em Várzea Nova</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/345/protocolo_1196.2023_requerimento_parlamentar_399.2023_ver._jackson_alvino_e_bruno_de_cicinha.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/345/protocolo_1196.2023_requerimento_parlamentar_399.2023_ver._jackson_alvino_e_bruno_de_cicinha.pdf</t>
   </si>
   <si>
     <t>Requer depois de ouvido em plenário que seja marcada uma sessão especial com os responsáveis do IFPB Campus Santa Rita para tratar de suas demandas em nosso Município.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/428/protocolo_1197.2023_requerimento_parlamentar_400.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/428/protocolo_1197.2023_requerimento_parlamentar_400.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo Estadual e Municipal Srs. Emerson Panta e o Sr. João Azevedo, a possibilidade de um estudo para melhoria da via de acesso ao IFPB Campus Santa Rita em nosso Município.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/247/protocolo_1199.2023_requerimento_parlamentar_402.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/247/protocolo_1199.2023_requerimento_parlamentar_402.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Requer de forma regimental uma sessão especial para tratar sobre os transportes públicos e privados de nosso Município.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/244/protocolo_1200.2023_requerimento_parlamentar_403.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/244/protocolo_1200.2023_requerimento_parlamentar_403.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>Requer de forma regimental depois de ouvido em plenário que seja realizada uma sessão especial no mês de Setembro/2023 a fim de comemorar o Dia Nacional de luta da pessoa com deficiência.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/239/protocolo_1201.2023_requerimento_parlamentar_404.2023_ver._marinaldo.pdf.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/239/protocolo_1201.2023_requerimento_parlamentar_404.2023_ver._marinaldo.pdf.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo o calçamento em paralelo das Ruas Sebastião, Rua Professor Antônio Elias, Rua Santo Antônio, Rua da Alegria e Rua do Campo. Todas no Distrito de Forte Velho.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/238/protocolo_1202.2023_requerimento_parlamentar_405.2023_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/238/protocolo_1202.2023_requerimento_parlamentar_405.2023_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo o calçamento em paralelo da Rua Severino Inácio de Oliveira no Jd. Miritânia</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/237/protocolo_1203.2023_requerimento_parlamentar_406.2023_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/237/protocolo_1203.2023_requerimento_parlamentar_406.2023_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo a pavimentação asfáltica da Rua Coronel Aureliano no Bairro do Açude.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/275/protocolo_1205.2023_requerimento_parlamentar_408.2023_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/275/protocolo_1205.2023_requerimento_parlamentar_408.2023_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo o calçamento em paralelo da Rua Rodolfo Bastos da Silva no Heitel Santiago nesta cidade.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/279/protocolo_1220.2023_requerimento_parlamentar_412.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/279/protocolo_1220.2023_requerimento_parlamentar_412.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Requer a conclusão da pavimentação das ruas do Bairro Vidal de Negreiros em nosso Município.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/301/protocolo_1226.2023_requerimento_parlamentar_416.2023_ver._pastor_paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/301/protocolo_1226.2023_requerimento_parlamentar_416.2023_ver._pastor_paulo_cesar.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do poder Executivo a reforma da Biblioteca Municipal do Tibiri III localizada na Rua Montadas.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/267/protocolo_1244.2023_requerimento_parlamentar_422.2023_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/267/protocolo_1244.2023_requerimento_parlamentar_422.2023_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo Sr. Emerson Pante que encaminhe ao Chefe do Poder Executivo Estadual João Azevedo, solicitação para implantação de uma unidade do corpo de bombeiros em nossa cidade.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/268/protocolo_1245.2023_requerimento_parlamentar_423.2023_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/268/protocolo_1245.2023_requerimento_parlamentar_423.2023_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo que realize o conserto da malha asfáltica na Rua São José, no Bairro Popular, Neste Município, pois as valetas deixadas pelas obras, estão dificultando a fluidez normal do trânsito.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/269/protocolo_1246.2023_requerimento_parlamentar_424.2023_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/269/protocolo_1246.2023_requerimento_parlamentar_424.2023_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo que realize um estudo visando a construção de uma UBS na Usina Agroval que atenderá também o Sítio Macaíba, Fazenda Planalto, Pitombeira e a Aldeia.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/270/protocolo_1247.2023_requerimento_parlamentar_425.2023_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/270/protocolo_1247.2023_requerimento_parlamentar_425.2023_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo que realize a reforma , melhorias e instalação de alambrados ao redor do campo de futebol (O NOBERTÃO) LOCALIZADO no Bairro Heitel Santiago, neste Município.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/300/protocolo_1253.2023_requerimento_parlamentar_429.2023_ver._bruno_de_cicinha.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/300/protocolo_1253.2023_requerimento_parlamentar_429.2023_ver._bruno_de_cicinha.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo a construção de um espaço de estudos para jovens estudantes e concurseiros nesta cidade.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/271/protocolo_1258.2023_requerimento_parlamentar_430.2023_ver._cicero_medeiros_e_brunno_de_cicinha.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/271/protocolo_1258.2023_requerimento_parlamentar_430.2023_ver._cicero_medeiros_e_brunno_de_cicinha.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo a pavimentação asfáltica da Av. Senhor dos Passos, incluindo a sua iluminação localizada neste Município.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/272/protocolo_1259.2023_requerimento_parlamentar_431.2023_ver._cicero_medeiros_e_brunno_de_cicinha.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/272/protocolo_1259.2023_requerimento_parlamentar_431.2023_ver._cicero_medeiros_e_brunno_de_cicinha.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo a pavimentação asfáltica do Binário do Bairro da Liberdade, de nossa cidade.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/273/protocolo_1261.2023_requerimento_parlamentar_432.2023_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/273/protocolo_1261.2023_requerimento_parlamentar_432.2023_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>Requer do Poder executivo o calçamento da rua Horigenes Isabel de Farias, Tibiri II Sol Nascente nets cidade.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/280/protocolo_1265.2023_requerimento_parlamentar_433.2023_ver._bruno_de_cicinha.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/280/protocolo_1265.2023_requerimento_parlamentar_433.2023_ver._bruno_de_cicinha.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja enviado ao Governo Estadual através da Secretaria Estadual de Saúde a Construção da Policlínica Estadual nesta cidade.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/281/protocolo_1266.2023_requerimento_parlamentar_434.2023_ver._brunno_de_cicinha.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/281/protocolo_1266.2023_requerimento_parlamentar_434.2023_ver._brunno_de_cicinha.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja enviado ao Chefe do Poder Executivo a reforma da Praça Amaro Ferraz (Praça do Pirulito) no Bairro da Liberdade nesta cidade.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/282/protocolo_1267.2023_requerimento_parlamentar_435.2023_ver._brunno_de_cicinha.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/282/protocolo_1267.2023_requerimento_parlamentar_435.2023_ver._brunno_de_cicinha.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja enviado ao Chefe do Poder Executivo que seja feita o calçamento da Rua Severino Inácio de Oliveira, localizada no bairro Jardim Miritânia nesta cidade</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/283/protocolo_1271.2023_requerimento_parlamentar_436.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/283/protocolo_1271.2023_requerimento_parlamentar_436.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja consignado na ata dos trabalhos Legislativo , voto de profundo pesar pelo falecimento da senhora Analice de Castro Pires, falecida no último dia 03/08/2023.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/303/protocolo_1272.2023_requerimento_parlamentar_437.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/303/protocolo_1272.2023_requerimento_parlamentar_437.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Requer que seja marcada uma sessão solene para homenagear o ex Prefeito de Santa Rita Antônio Teixeira de Carvalho.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/304/protocolo_1273.2023_requerimento_parlamentar_438.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/304/protocolo_1273.2023_requerimento_parlamentar_438.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo providências para dar posse aos membros do Conselho Municipal da Juventude do Município de Santa Rita , previsto na lei Municipal n° 1.560/2013</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/305/protocolo_1274.2023_requerimento_parlamentar_439.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/305/protocolo_1274.2023_requerimento_parlamentar_439.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Requer Do Chefe do Poder Executivo providências para dar posse aos membros do Conselho Alimentar e Nuytricional do município de Santa Rita - COMSEA, previsto na lei Municipal n° 1.481/2012</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/284/protocolo_1275.2023_requerimento_parlamentar_440.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/284/protocolo_1275.2023_requerimento_parlamentar_440.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja marcada uma sessão especial com a participação das câmaras municipais de Santa Rita, João Pessoa, Cabedelo, Bayeux, Cruz do Espírito Santo, Conde e Lucena para discutir a criação do parlamento metropolitano.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/289/protocolo_1279.2023_requerimento_parlamentar_441.2023_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/289/protocolo_1279.2023_requerimento_parlamentar_441.2023_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito de nossa cidade que realize a terraplanagem das Ruas Crstovão Colombo e Francisco Guimarães no Lot Sol Nascente no Bairro de Tibiri.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/286/protocolo_1281.2023_requerimento_parlamentar_443.2023_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/286/protocolo_1281.2023_requerimento_parlamentar_443.2023_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que encaminhe ao Secretário da SEINFRA, solicitação deste Poder Legislativo adequação das calçadas aos padrões de acessibilidade com rampas e piso tátil, da Rua Prof. Severo Rodrigues no  Bairro Popular.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/287/protocolo_1282.2023_requerimento_parlamentar_444.2023_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/287/protocolo_1282.2023_requerimento_parlamentar_444.2023_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que encaminhe a SEINFRA a substituição das lâmpadas queimadas por lâmpadas de LED da Rua Absalão Marques da Fonseca no LOT. Planalto em Tibiri I.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/306/protocolo_1283.2023_requerimento_parlamentar_445.2023_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/306/protocolo_1283.2023_requerimento_parlamentar_445.2023_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>Rqeuer na forma regimental que encaminhe a SEINFRA a reforma preventiva do Mercado Público Municipal do Centro de Santa Rita.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/288/protocolo_1284.2023_requerimento_parlamentar_446.2023_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/288/protocolo_1284.2023_requerimento_parlamentar_446.2023_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que encaminhe a SEINFRA  a construção de escorregos de cimento para crianças na Praça localizada entre os loteamentos Sol Nascente e Planalto Tibiri I em frente ao Poeirão Bar, na Rua Intendente Cordeiro de Melo Planalto Tibiri I</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/285/protocolo_1290.2023_requerimento_parlamentar_447.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/285/protocolo_1290.2023_requerimento_parlamentar_447.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja marcada pela Mesa Diretora, uma Sessão Especial para a discussão do descumprimento da Lei 11.738/08 (Lei do piso do magistério).</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/307/protocolo_1291.2023_requerimento_parlamentar_448.2023_ver._paulinho_fernandes.jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/307/protocolo_1291.2023_requerimento_parlamentar_448.2023_ver._paulinho_fernandes.jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo a construção da BASE OPERACIONAL DO SAMU - SANTA RITA, nas imediações do antigo Tênis Club de Santa Rita.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/308/protocolo_1292.2023_requerimento_parlamentar_449.2023_ver._paulinho_fernandes.jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/308/protocolo_1292.2023_requerimento_parlamentar_449.2023_ver._paulinho_fernandes.jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo a contruçãode uma PRAÇA DE ALIMENTAÇÃO NO PARQUE LINEAR VAGNER DE LIMA PAIVA SEGUNDO em Marcos Moura.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/295/protocolo_1293.2023_requerimento_parlamentar_450.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/295/protocolo_1293.2023_requerimento_parlamentar_450.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo a implantação de CRAS em todos os bairros deste Município que ainda não recebem o serviço.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/296/protocolo_1294.2023_requerimento_parlamentar_451.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/296/protocolo_1294.2023_requerimento_parlamentar_451.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo a implantação de uma equipe multidisciplinar para crianças com TEA, sendo, analistas, fonoaudiólogos e acompanhantes terapéuticos escolar.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/297/protocolo_1295.2023_requerimento_parlamentar_452.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/297/protocolo_1295.2023_requerimento_parlamentar_452.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo através da Secretaria de Educação, determinar a oferta dos serviços de psicologia educacional e serviço social nas escolas da rede pública, Considerando a aprovação da Lei Federal N° 13935/2019</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/278/protocolo_1289.2023_requerimento_parlamentar_453.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/278/protocolo_1289.2023_requerimento_parlamentar_453.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo a implantação de mais espaços para cursos profissionalizantes em nosso Município.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/290/protocolo_1313.2023_requerimento_parlamentar_454.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/290/protocolo_1313.2023_requerimento_parlamentar_454.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Requer após ouvido em plenário que seja encaminhado congratulações na forma de MOÇÃO DE APLAUSOS  ao PARTIDO REPUBLICANOS na pessoa do Dep. Federal Marcos Pereira - Presidente nacional do partido e do Dep. Federal Hugo Mota, Vice presidente nacional, Líder da bancada e Presidente do diretório Estadual da PB, em reconhecimento a comemoração dos 18 anos de criação do Partido, completados no dia 25/08/2023 e por seus honrosos serviços prestados ao povo brasileiro.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/291/protocolo_1316.2023_requerimento_parlamentar_455.2023_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/291/protocolo_1316.2023_requerimento_parlamentar_455.2023_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo Estadual a realização da reforma do Centro Social Urnado localizado no Alto das Populares</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/292/protocolo_1317.2023_requerimento_parlamentar_456.2023_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/292/protocolo_1317.2023_requerimento_parlamentar_456.2023_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo Estadual a realização de estudo e a viabilização da construção da tão sonhada ponte ligando Cabedelo a Lucena, passando pela Ilha dos Stuart, Ribeira e de Forte Velho a Lucena (Fagundes).</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/293/protocolo_1318.2023_requerimento_parlamentar_457.2023_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/293/protocolo_1318.2023_requerimento_parlamentar_457.2023_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo Estadual a construção de uma praça pública com equipamentos de ginástica no terreno onde era a escola José Vaz, localizada ao lado da Escola Estadual Aline Silva Madruga, no Bairro Popular em Santa Rita.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>Boquinha</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/312/protocolo_1329.2023_requerimento_parlamentar_458.2023_ver._boquinha.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/312/protocolo_1329.2023_requerimento_parlamentar_458.2023_ver._boquinha.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo que inclua nas obras de sua administração a malha asfáltica das ruas 1° de Maio, Monte Castelo, Campos Sales, Bela Vista, Desembargador Sindulfo Santiago nesse Município.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/317/protocolo_1331.2023_requerimento_parlamentar_459.2023_ver._queiroga.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/317/protocolo_1331.2023_requerimento_parlamentar_459.2023_ver._queiroga.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja enviado ao Chefe do Poder Executivo a pavimentação da Rua Ester Gonçalves Cavalcante localizada em Tibiri II</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/318/protocolo_1333.2023_requerimento_parlamentar_460.2023_ver._queiroga.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/318/protocolo_1333.2023_requerimento_parlamentar_460.2023_ver._queiroga.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja enviado ao Chefe do Poder Executivo a pavimentação da Rua Cirilo Dias, localizada em Tibri II</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja enviado ao Chefe do Poder Executivo a pavimentação da Rua Pedro Nicodemos localizada em Cicerolândia nesta Cidade.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/402/protocolo_1335.2023_requerimento_parlamentar_462.2023_ver._queiroga.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/402/protocolo_1335.2023_requerimento_parlamentar_462.2023_ver._queiroga.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo a pavimentação da Rua Maria Alegre que fica localizada em Cicerolândia nesta Cidade.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/403/protocolo_1336.2023_requerimento_parlamentar_463.2023_ver._queiroga.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/403/protocolo_1336.2023_requerimento_parlamentar_463.2023_ver._queiroga.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo a pavimemtação da Rua Abnadabes Cordeiro localizada em Cicerolândia nesta cidade.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/404/protocolo_1337.2023_requerimento_parlamentar_464.2023_ver._queiroga.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/404/protocolo_1337.2023_requerimento_parlamentar_464.2023_ver._queiroga.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo a pavimentação da Rua Tarcísio Burity em Cicerolândia nesta Cidade.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/423/protocolo_1338.2023_requerimento_parlamentar_465.2023_ver._queiroga.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/423/protocolo_1338.2023_requerimento_parlamentar_465.2023_ver._queiroga.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo a pavimentação da Rua Diário de Pernambuco em Cicerolândia nesta Cidade</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/314/protocolo_1340.2023_requerimento_parlamentar_466.2023_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/314/protocolo_1340.2023_requerimento_parlamentar_466.2023_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo a realização de um mutirão de agendamentos para que a população possa realizar Exames Oftalmológicos e que seja feita a doação de óculos para alunos da rede Municipal de ensino desta cidade.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/315/protocolo_1341.2023_requerimento_parlamentar_467.2023_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/315/protocolo_1341.2023_requerimento_parlamentar_467.2023_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do |Poder Executivo o binário em asfalto do Bairro Castanheiro em Várzea Nova nesta Cidade.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/316/protocolo_1342.2023_requerimento_parlamentar_468.2023_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/316/protocolo_1342.2023_requerimento_parlamentar_468.2023_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo a construção de um poço artesiano na comunidade UBIM 1 nesta Cidade</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/340/protocolo_1345.2023_requerimento_parlamentar_469.2023_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/340/protocolo_1345.2023_requerimento_parlamentar_469.2023_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo que o Setor de Junta de Serviço Militar retome os serviços de emissão de RG (registro geral)</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/341/protocolo_1346.2023_requerimento_parlamentar_470.2023_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/341/protocolo_1346.2023_requerimento_parlamentar_470.2023_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo a pavimemtação da Rua Manoel de Souza Brandão no Lot. Boa Vista em Várzea Nova</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/334/protocolo_1347.2023_requerimento_parlamentar_471.2023_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/334/protocolo_1347.2023_requerimento_parlamentar_471.2023_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo que sejam tomadas providências para a conclusão das obras das Avenidas Conde e Assis Chateaubriand em Tibiri II</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/333/protocolo_1348.2023_requerimento_parlamentar_472.2023_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/333/protocolo_1348.2023_requerimento_parlamentar_472.2023_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Estadual Sr. João Azevêdo que inclua nas ações de sua administração uma edição do PROGRAMA EMPREENDER PARAÍBA para os comerciantes da cidade de Santa Rita.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja marcada uma sessão especial como representante do órgão responsável do SENAC, para tratar sobre as ofertas de cursos e implantação em nosso Município.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/463/protocolo_1351.2023_requerimento_parlamentar_474.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/463/protocolo_1351.2023_requerimento_parlamentar_474.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja marcada uma sessão especial como representante do órgão responsável do SEBRAE, para tratar sobre as ofertas de cursos e implantação em nosso Município.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/516/protocolo_1352.2023_requerimento_parlamentar_475.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/516/protocolo_1352.2023_requerimento_parlamentar_475.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja marcada uma sessão especial com o representante do órgão responsável do SENAI, para tratar sobre as ofertas de cursos e implantação em nosso Município.</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja enviado ao Chefe do Poder Executivo de nossa cidade a pavimentação da Rua Gov. Venâncio Neiva em Tibiri II.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/371/protocolo_1354.2023_requerimento_parlamentar_477.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/371/protocolo_1354.2023_requerimento_parlamentar_477.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Municipal que execute a criação e implantação de uma biblioteca digital em nosso Município.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/327/protocolo_1355.2023_requerimento_parlamentar_478.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/327/protocolo_1355.2023_requerimento_parlamentar_478.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Municipal que execute a desobstrução de todas as galerias próximos as ruas Água Branca, Caaporã, Pombal, Bahia da Traição, Alhandra, Av. Conde, Barra do São Miguel e Cabaceiras em Tibiri 2 nesta Cidade.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/328/protocolo_1356.2023_requerimento_parlamentar_479.2023_ver._naedosn.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/328/protocolo_1356.2023_requerimento_parlamentar_479.2023_ver._naedosn.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo Municipal a pavimentação da Rua lateral a fábrica Valtex em frente a Arena Society f10</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/335/protocolo_1357.2023_requerimento_parlamentar_480.2023_ver._naedosn.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/335/protocolo_1357.2023_requerimento_parlamentar_480.2023_ver._naedosn.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo através da SECDTUR e SEMOB que execute um ECOPEDAL com percurso de 30km em volta da Cidadecom finalização de um coofebreak para todos os ciclistas.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/326/protocolo_1360.2023_requerimento_parlamentar_481.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/326/protocolo_1360.2023_requerimento_parlamentar_481.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo a elaboração e execução de projeto que vise a criação de um Centro de Atendimento Integrado para pessoas com Transtorno Espectro Autista TEA MUnicipal</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/322/protocolo_1362.2023_requerimento_parlamentar_482.2023_ver._josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/322/protocolo_1362.2023_requerimento_parlamentar_482.2023_ver._josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo Municipal em caráter de urgência a manutenção e limpeza da caixa d´água na rua da estrela no Distrito de Livramento nesta cidade.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/323/protocolo_1363.2023_requerimento_parlamentar_483.2023_ver._josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/323/protocolo_1363.2023_requerimento_parlamentar_483.2023_ver._josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo Municipal um estudo visando o calçamento das ruas Leonel Brizola e Comerciante Francisco Vergara no bairro Marcos Moura nesta cidade.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/324/protocolo_1364.2023_requerimento_parlamentar_484.2023_ver._josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/324/protocolo_1364.2023_requerimento_parlamentar_484.2023_ver._josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo Municipal a solicitação de 2 agentes de limpeza e 1 agente de segurança para a feirinha do Alto das Populares nesta cidade.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/339/protocolo_1365.2023_requerimento_parlamentar_485.2023_ver._paulo_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/339/protocolo_1365.2023_requerimento_parlamentar_485.2023_ver._paulo_fernandes.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Senhor Arnaldo Monteiro Costa superintendente regional do DNIT PB a urgente iluminação do trecho da BR 230 em frente ao hospital Metropolitano Don José Maria Pires.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/338/protocolo_1366.2023_requerimento_parlamentar_486.2023_ver._paulo_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/338/protocolo_1366.2023_requerimento_parlamentar_486.2023_ver._paulo_fernandes.pdf</t>
   </si>
   <si>
     <t>Requer do Secretário da SEINFRA com urgência a reforma do calçamento em frente a empresa Demillus e adjacências no endereço BR 230km 41 n° sn, Parte no Bairro JD Planalto em Santa Rita PB</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/330/protocolo_1367.2023_requerimento_parlamentar_487.2023_ver._paulo_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/330/protocolo_1367.2023_requerimento_parlamentar_487.2023_ver._paulo_fernandes.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo Municipal a construção de uma Creche Escola no Bairro do Santa Cruz nesta Cidade.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/336/protocolo_1369.2023_requeriemento_parlamentar_488.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/336/protocolo_1369.2023_requeriemento_parlamentar_488.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo Municipal que seja aprovado à criação de uma comissão parlamentar para discutir com a Gestão Municipal a revisão de nosso Plano Diretor, e posteriormente dialogar com a sociedade para a construção final desse importante instrumento de planejamento urbano, que visa organizar os espaços da cidade e garantir a melhoria de vida da nossa população.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/321/protocolo_1372.2023_requerimento_parlamentar_490.2023_ver._bruno_de_cicinha.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/321/protocolo_1372.2023_requerimento_parlamentar_490.2023_ver._bruno_de_cicinha.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo Municipal a complementação do calçamento da Rua Antônio Teixeira, no Bairro Irmã Antonieta nesta cidade</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/320/protocolo_1373.2023_requerimento_parlamentar_491.2023_ver._bruno_de_cicinha.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/320/protocolo_1373.2023_requerimento_parlamentar_491.2023_ver._bruno_de_cicinha.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo Municipal a pavimentação asfáltica do Binário do Bairro Loteamento Nice.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/319/protocolo_1374.2023_requerimento_parlamentar_492.2023_ver._bruno_de_cicinha.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/319/protocolo_1374.2023_requerimento_parlamentar_492.2023_ver._bruno_de_cicinha.pdf</t>
   </si>
   <si>
     <t>Requer que seja marcada uma sessão especial dedicada a aborda a importância do Setembro Amarelo, um mês dedicado a conscientização e prevenção do suicídio</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/329/protocolo_1375.2023_requerimento_parlamentar_493.2023_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/329/protocolo_1375.2023_requerimento_parlamentar_493.2023_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo Estadual a realização da reforma da antiga escola CNEC júnior localizada na Av. Patos em frente a Escola Municipal Flávio Maroja Filho em Tibiri III, para que seja implantado em nosso Município o primeiro Centro terapêutico para o tratamento de pessoas com transtornos de TA, TDHA e outros.</t>
   </si>
   <si>
     <t>Requer do Poder Executivo Municipal a construção de uma creche no Loteamento Plano de Vida em Tibiri II.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/342/protocolo_1380.2023_requerimento_parlamentar_495.2023_ver._nininho_do_bode_e_farias.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/342/protocolo_1380.2023_requerimento_parlamentar_495.2023_ver._nininho_do_bode_e_farias.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo Municipal a reforma da Praça Gabriel Belarmino em Tibiri II nesta Cidade</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/331/protocolo_1381.2023_requerimento_parlamentar_496.2023_ver._nininho_do_bode_e_farias.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/331/protocolo_1381.2023_requerimento_parlamentar_496.2023_ver._nininho_do_bode_e_farias.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo Municipal a reforma da Praça da Igreja Sagrado Coração de Jesus em Tibiri 1 nesta Cidade.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/332/protocolo_1382.2023_requerimento_parlamentar_497.2023_ver._boquinha.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/332/protocolo_1382.2023_requerimento_parlamentar_497.2023_ver._boquinha.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo a conclusão do calçamento da Rua Clóvis Madruga no Loteamento Alto do Contorno nesta cidade.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/364/protocolo_1385.2023_requermento_parlamentar_498.2023_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/364/protocolo_1385.2023_requermento_parlamentar_498.2023_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo a construção de um poço artesiano na comunidade UBIM 2 nesta cidade.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/359/protocolo_1393.2023_requerimento_parlamentar_499.2023_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/359/protocolo_1393.2023_requerimento_parlamentar_499.2023_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>Requer que seja marcada pela Mesa Diretora desta Casa uma Sessão Especial para discussão do Dia Nacional do Idoso e Dia Internacional da Terceira Idade que é comemorado no dia 1° de Outubro.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/351/protocolo_1401.2023_requerimento_parlamentar_500.2023_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/351/protocolo_1401.2023_requerimento_parlamentar_500.2023_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer que realize um estudo junto a secretaria de assistência social ou educação, visando a oferta de cursos profissionalizantes nas áreas de assistente administrativo, informática, beleza e artesanato para os pais, mães ou responsáveis dos alunos matriculados na rede municipal de ensino do município.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/353/protocolo_1402.2023_requerimento_parlamentar_501.2023_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/353/protocolo_1402.2023_requerimento_parlamentar_501.2023_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer um estudo visando a parceria com o SENAC, para implantação da carreta de cursos, ofertando qualificação profissional para os nossos adolescentes e jovens, principalmente para os alunos da rede municipal de ensino.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/354/protocolo_1403.2023_requerimento_parlamentar_502.2023_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/354/protocolo_1403.2023_requerimento_parlamentar_502.2023_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de uma campanha de conscientização sobre o Setembro amarelo, nas escolas da rede Municipal de ensino, atingindo tanto o alunado quanto os pais e responsáveis.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/360/protocolo_1405.2023_requerimento_parlamentar_503.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/360/protocolo_1405.2023_requerimento_parlamentar_503.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo que após a realização dos devidos estudos administrativos e financeiros, envie a esta Casa de Lei que cria a SECRETARIA MUNICIPAL DE PROMOÇÃO DA IGUALDADE RACIAL, DIREITOS HUMANOS, PESSOA COM DEFICIÊNCIA, DIVERSIDADE E JUVENTUDE.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/361/protocolo_1406.2023_requerimento_parlamentar_504.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/361/protocolo_1406.2023_requerimento_parlamentar_504.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Requer, que após ouvido e aprovado pelo plenário, seja encaminhado congratulações nos termos de Moção de Aplausos à Sra. Luiza Maria de Araújo Pereira, servidora pública estadual, Diretora do Centro social Urbano - CSU, localizado no Bairro popular, neste Município.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/365/protocolo_1425.2023_requerimento_parlamentar_505.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/365/protocolo_1425.2023_requerimento_parlamentar_505.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo, determine a Secretaria de Agricultura, Pecuária, Pesca e Abastecimento para instalar a Feira da Agricultura Familiar, todas as sextas feiras, das 16h às 19h na Travessa Tamarina, que fica de frente a nova instalação da estação ferroviária de Várzea Nova.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/366/protocolo_1426.2023_requerimento_parlamentar_506.2023_ver._alysson.sebastiao.naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/366/protocolo_1426.2023_requerimento_parlamentar_506.2023_ver._alysson.sebastiao.naedson.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja encaminhado à Presidência da Caixa Econômica Federal bem como à  Superintendência Regional da Paraíba que seja aberto processo licitatório, para instalação de uma Casa Lotérica no Bairro de Marcos Moura neste Município.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/367/protocolo_1427.2023_requerimento_parlamentar_507.2023_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/367/protocolo_1427.2023_requerimento_parlamentar_507.2023_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo o calçamento em paralelo da Rua Coronel Rêgo Barros, Jardim Carolina - Marcos Moura neste Município.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/373/protocolo_1433.2023_requerimento_parlamentar_508.2023_ver._paulo_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/373/protocolo_1433.2023_requerimento_parlamentar_508.2023_ver._paulo_fernandes.pdf</t>
   </si>
   <si>
     <t>Requer que esta casa consigne em ata dos trabalhos, VOTO DE EXTREMO PESAR pelo falecimento precoce de EVA FREIRE CAVALCANTE, filha do jovem casal santarritense Rodrigo Napoleão e Shirley Cavalcante, que ocorreu neste último sábado (16).</t>
   </si>
   <si>
     <t>Requer na forma regimental, que encaminhem ao Secretário da SEINFRA e ao Secretário de Planejamento, Orçamento, e Tecnologia da Informação, solicitação deste Poder Legislativo para que elaborem um projeto que possua DUPLICAR AS RUAS MARIA DALVA C. FALCONE E OTÁVIO AMORIM, QUE JUNTAS FORMAM A PORTA DE ENTRADA DO MUNICÍPIO, PELA BR 230 (ALPARGATAS). Temos um grande fluxo de veículos na região e a estrutura do corredor local não aguenta o aumento da demanda.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/421/protocolo_1437.2023_requerimento_parlamentar_510.2023_ver._queiroga.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/421/protocolo_1437.2023_requerimento_parlamentar_510.2023_ver._queiroga.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja enviado ao Governador do editado da Paraíba Sr. João Azevedo, o recapeamento da PB 016, que liga a BR 230 ao bairro de Odilândia netse Município.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/422/protocolo_1438.2023_requerimento_parlamentar_511.2023_ver._queiroga.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/422/protocolo_1438.2023_requerimento_parlamentar_511.2023_ver._queiroga.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja enviado ao Governador do Estado da Paraíba, solicitando-lhe providências junto ao setor competente, no sentido de proceder a implantação de um Restaurante popular no espaço "antigo tênis clube", que fica localizado no Centro deste Município.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/391/protocolo_1442.2023_requerimento_parlamentar_512.2023_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/391/protocolo_1442.2023_requerimento_parlamentar_512.2023_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja enviado ao Chefe do Poder Executivo que determine a secretaria de infraestrutura Municipal a instalação/reparo dos tampões das galerias de águas pluviais localizados nas avenidas Conde e Guarabira, no Bairro Tibiri neste Município</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/392/protocolo_1443.2023_requerimento_parlamentar_513.2023_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/392/protocolo_1443.2023_requerimento_parlamentar_513.2023_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja enviado ao Chefe do Poder executivo que determine ao Secretário de Infraestrutura a reforma e instalação de equipamentos para atividades físicas, na praça localizada na rua Enéas Flávio Sousa de Morais, Jd Planalto, em frente a escola Municipal Indio Piragibe.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/393/protocolo_1444.2023_requerimento_parlamentar_514.2023_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/393/protocolo_1444.2023_requerimento_parlamentar_514.2023_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer de forma regimental que seja enviado ao chefe do Poder executivo Sr. Emerson Panta, que realize um estudo junto a secretaria competente, visando a construção de uma pista de caminhada nos arredores da empresa Alpargatas no bairro Popular neste Município.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/388/protocolo_1445.2023_requerimento_parlamentar_515.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/388/protocolo_1445.2023_requerimento_parlamentar_515.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja marcada uma sessão especial em comemoração ao Outubro Rosa.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/386/protocolo_1450.2023_requerimento_parlamentar_516.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/386/protocolo_1450.2023_requerimento_parlamentar_516.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que o Chefe do poder executivo Sr. Emerson Panta, execute pavimentação da Av. João Gonçalves de Medeiros Bairro do Heitel Santiago.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/387/protocolo_1451.2023_requerimento_parlamentar_517.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/387/protocolo_1451.2023_requerimento_parlamentar_517.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que o Chefe do poder executivo Sr. Emerson Panta, execute a implantação de uma arquibancada em volta do campo O Nobertão-Heitel Santiago</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/466/protocolo_1452.2023_requerimento_parlamentar_518.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/466/protocolo_1452.2023_requerimento_parlamentar_518.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que o Chefe do poder executivo Sr. Emerson Panta, execute pavimentação da Av. Angola no bairro Heitel Santiago</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/408/protocolo_1454.2023_requerimento_parlamentar_519.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/408/protocolo_1454.2023_requerimento_parlamentar_519.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que o Chefe do poder executivo Sr. Emerson Panta,execute a reforma da praça Geraldo Beltrão no Bairro Heitel Santiago</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/409/protocolo_1455.2023_requerimento_parlamentar_520.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/409/protocolo_1455.2023_requerimento_parlamentar_520.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que o Chefe do poder executivo Sr. Emerson Panta, execute a drenagem pluvial da rua em frente a Escola Municipal Anibal Limeira</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/424/protocolo_1456.2023_requerimento_parlamentar_521.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/424/protocolo_1456.2023_requerimento_parlamentar_521.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que o Chefe do poder executivo Sr. Emerson Panta, execute a pavimentação da rua Petrônio Alves Nilo, acesso a creche Dona Silva Tibiri 2</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/425/protocolo_1457.2023_requerimento_parlamentar_522.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/425/protocolo_1457.2023_requerimento_parlamentar_522.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que o Chefe do poder executivo Sr. Emerson Panta, execute a reforma da praça em frente a Escola Municipal Anibal Limeira</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/426/protocolo_1458.2023_requerimento_parlamentar_523.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/426/protocolo_1458.2023_requerimento_parlamentar_523.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que o Chefe do poder executivo Sr. Emerson Panta, execute a pavimentação da rua Dionisio Alves de Oliveira tibiri 2</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/452/protocolo_1459.2023_requerimento_parlamentar_524.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/452/protocolo_1459.2023_requerimento_parlamentar_524.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que o Chefe do poder executivo Sr. Emerson Panta, execute a implantação de um vestiário no Ginásio de lerolândia</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/389/protocolo_1463.2023_requerimento_parlamentar_525.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/389/protocolo_1463.2023_requerimento_parlamentar_525.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja enviado ao Chefe do Poder executivo Sr. Emerson Panta, a pavimentação da Rua Projetada, Lot. 26, JD. Europa em Tibiri 2 neste Município.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/390/protocolo_1465.2023_requerimento_parlamentar_526.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/390/protocolo_1465.2023_requerimento_parlamentar_526.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja enviado ao Chefe do Poder executivo Sr. Emerson Panta, a pavimentação da Rua Severino Inácio de oliveira localizda no bairro JD. Mritânia, netse Município.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/394/protocolo_1467.2023_requerimento_parlamentar_527.2023_ver._alysson_gomes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/394/protocolo_1467.2023_requerimento_parlamentar_527.2023_ver._alysson_gomes.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja enviado ao Sr. Emerson Panta, a elaboração e execução de projeto, que vise a criação do novo Santuário de Santa Rita de Cássia.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/395/protocolo_1471.2023_requerimento_parlamentar_528.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/395/protocolo_1471.2023_requerimento_parlamentar_528.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental, depois de ouvido em plenário, solicito ao Excelentíssimo Senhor prefeito, a fim de que adote a iniciativa de Projeto de Lei que cria o Programa de Pagamento por serviços ambientais "ÁGUA SE PLANTA" que tem por objetivo preservar e recuperar nascentes e matas ciliares, bem como a redução da erosão, melhoria da qualidade da água e aumento das vazões do rios, utilizando práticas mecânicas e vegetativas de conservação de solo e água, haja vista tratar-se de matéria de relevante e inegável interesse público.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/397/protocolo_1473.2023_requerimento_parlamentar_529.2023_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/397/protocolo_1473.2023_requerimento_parlamentar_529.2023_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta, para que disponibilize um espaço para que seja implantada uma agência do SEBRAE ou Sala do Empreendedor em nossa cidade.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/405/protocolo_1479.2023_requerimento_parlamentar_530.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/405/protocolo_1479.2023_requerimento_parlamentar_530.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo que crie o Conselho Municipal de Promoção da Igualdade Racial, órgão deliberativo, consultivo e fiscalizador das ações governamentais, integrado, paritariamente, por representantes de órgãos públicos e de entidades da sociedade civil organizada.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/410/protocolo_1480.2023_requerimento_parlamentar_531.2023_ver._naedson.celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/410/protocolo_1480.2023_requerimento_parlamentar_531.2023_ver._naedson.celio_rufino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que através da mesa diretora desta casa, seja convocado uma sessão especial com o tema "Não ao aborto (ADPF 442) e defesa ao dia do nascituro".</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/412/protocolo_1492.2023_requerimento_parlamentar_532.2023_ver._marianldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/412/protocolo_1492.2023_requerimento_parlamentar_532.2023_ver._marianldo.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder executivo Sr. Emerson fernandes Alvino Panta e do secretário de Infraestrutura, em caráter de urgência, de 60 metros do calçamento em paralelo das ruas: Prefeito Antônio Teixeira em Marcos Moura neste município.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/413/protocolo_1504.2023_requerimento_parlamentar_534.2023_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/413/protocolo_1504.2023_requerimento_parlamentar_534.2023_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder executivo que determine a secretaria de educação municipal a construção de um plano diretor que assegura aos estudantes do ensino fundamental o acesso a conteúdos mínimos de educação financeira nas escolas do município</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/414/protocolo_1505.2023_requerimento_parlamentar_535.2023_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/414/protocolo_1505.2023_requerimento_parlamentar_535.2023_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do poder Executivo que determine a secretaria de saúde/secretarias competentes, um estudo visando a construção de um hospital geriátrico no bairro popular nesta cidade.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/416/protocolo_1521.2023_requerimento_parlamentar_536.2023_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/416/protocolo_1521.2023_requerimento_parlamentar_536.2023_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja enviado ao Chefe do Poder Executivo Sr. Emerson Panta através da Secretaria de Infraestrutura que realize na Rua São José, o reparo de todas as valas da referida Rua que fica situada no Bairro Santa Cruz nesta cidade.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/417/protocolo_1522.2023_requerimento_parlamentar_537.2023_ver._cicero_medeiros.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/417/protocolo_1522.2023_requerimento_parlamentar_537.2023_ver._cicero_medeiros.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja enviado ao Chefe do Poder Executivo Sr. Emerson Panta que inclua nas obras de sua administração a construção de uma Unidade Básica de Saúde (UBS), especializada em doenças cardíacas, nesta cidade.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/418/protocolo_1523.2023_requerimento_parlamentar_538.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/418/protocolo_1523.2023_requerimento_parlamentar_538.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja solicitado ao Excelentíssimo Sr. Emerson Panta que seja incluído nas obras do Município a construção de um CENTRO DA DOR (CENDOR).</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/419/protocolo_1525.2023_requerimento_parlamentar_539.2023_ver._boquinha.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/419/protocolo_1525.2023_requerimento_parlamentar_539.2023_ver._boquinha.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, que seja enviado ao Excelentíssimo Chefe do Poder Executivo Sr. Emerson Panta, que inclua na sobras de sua administração, a construção de uma Unidade Básica de Saúde (UBS), no Loteamento Alto do Contorno, no Centro, neste Município.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>Ivonete Barros</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/431/protocolo_1533.2023_requerimento_parlamentar_540.2023_ver._ivonete.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/431/protocolo_1533.2023_requerimento_parlamentar_540.2023_ver._ivonete.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja enviado ao Superintendente de Estradas e Rodagens (DER), Sr. Carlos Pereira de Carvalho e Silva, que inclua nas obras de Vossa Secretaria a construção da Ponte que liga o Loteamento do Alto Contorno em Santa Rita a Cidade de Bayeux.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/430/protocolo_1540.2023_requerimento_parlamentar_541.2023_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/430/protocolo_1540.2023_requerimento_parlamentar_541.2023_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve, vem solicitar a Vossa Excelência, a inclusão do presente requerimento para apreciação e votação do Plenário, e se aprovado seja encaminhado ao Excelentíssimo Prefeito Sr. Emerson Panta , para que determine ao Secretário de Obra e Serviço Público, o Sr. Klelyson Batista, a revitalização e pavimentação deste calçamento da Rua: Emílio Soares da Silva no Bairro Popular Santa Rita.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/453/protocolo_1548.2023_requerimento_parlamentar_542.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/453/protocolo_1548.2023_requerimento_parlamentar_542.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que o Sr. Emerson Panta através da Secretaria de Saúde, implante uma UBS no Bairro Jd. Europa 1 neste Município.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/454/protocolo_1549.2023_requerimento_parlamentar_543.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/454/protocolo_1549.2023_requerimento_parlamentar_543.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que o Sr. Emerson Panta através da Secretaria de Educação, implante uma Creche no Bairro Jd. Europa 1 neste Município.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/467/protocolo_1550.2023_requerimento_parlamentar_544.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/467/protocolo_1550.2023_requerimento_parlamentar_544.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que o Sr. Emerson Panta através da Secretaria da Infraestrutura, execute a pavimentação da Rua Coronel Edinaldo Tavares Rufino no Bairro Jd. Europa 1 neste Município</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/432/protocolo_1563.2023_requerimento_parlamentar_545.2023_ver._bruno_de_cicinha.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/432/protocolo_1563.2023_requerimento_parlamentar_545.2023_ver._bruno_de_cicinha.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja enviado ao prefeito Sr. Emerson Panta através da Secretaria de Infraestrutura da cidade, o calçamento da rua Severino Tranquilino Jd. Europa em Tibiri 2 nesta cidade.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/440/protocolo_1579.2023_requerimento_parlamentar_546.2023_ver._queiroga.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/440/protocolo_1579.2023_requerimento_parlamentar_546.2023_ver._queiroga.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja enviado ao Chefe do Poder Executivo Sr. Emerson Panta, a pavimentação da Rua Jornal O Globo no Bairro de Marcos Moura neste Município</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/441/protocolo_1580.2023_requerimento_parlamentar_547.2023_ver._queiroga.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/441/protocolo_1580.2023_requerimento_parlamentar_547.2023_ver._queiroga.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja enviado ao Chefe do Poder Executivo Sr. Emerson Panta a pavimentação da Rua Jornal O Liberal no Bairro de Marcos Moura neste Município.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/442/protocolo_1581.2023_requerimento_parlamentar_548.2023_ver._queiroga.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/442/protocolo_1581.2023_requerimento_parlamentar_548.2023_ver._queiroga.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja enviado ao Chefe do Poder Executivo Sr. Emerson Panta a pavimentação da Rua Vereador Nazário no Bairro de Marcos Moura neste Município.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/443/protocolo_1582.2023_requerimento_parlamentar_549.2023_ver._queiroga.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/443/protocolo_1582.2023_requerimento_parlamentar_549.2023_ver._queiroga.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja enviado ao Chefe do Poder Executivo Sr. Emerson Panta a pavimentação da Rua João Pessoa Neto no Bairro de Marcos Moura neste Município</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/444/protocolo_1583.2023_requerimento_parlamentar_550.2023_ver._queiroga.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/444/protocolo_1583.2023_requerimento_parlamentar_550.2023_ver._queiroga.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja enviado ao Chefe do Poder Executivo Sr. Emerson Panta a pavimentação da Rua rádio Arapuã no Bairro de marcos Moura em Santa Rita</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/445/protocolo_1584.2023_requerimento_parlamentar_551.2023_ver._queiroga.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/445/protocolo_1584.2023_requerimento_parlamentar_551.2023_ver._queiroga.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja enviado ao Chefe do Poder Executivo Sr. Emerson Panta a pavimentação da Rua Correio da Manhã no Bairro de Marcos Moura neste Município</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/446/protocolo_1586.2023_requerimento_parlamentar_552.2023_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/446/protocolo_1586.2023_requerimento_parlamentar_552.2023_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja enviado ao Chefe do Poder Executivo Sr. Emerson Panta a implantação de um LAB Móvel  ( LABORATÓRIO INTINERANTE DE ANÁLISES CLÍNICAS), visando atender principalmente as comunidades da Zona Rural do nosso Município.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/447/protocolo_1587.2023_requerimento_parlamentar_553.2023_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/447/protocolo_1587.2023_requerimento_parlamentar_553.2023_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja encaminhado ao Chefe do Poder Executivo Sr. Emerson Panta, a criação de uma equipe de fisioterapeutas para realizarem atendimentos domiciliares, devido a grande quantidade de pacientes acamados e sem mobilidades para chegarem aos postos de atendimento Municipal</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/456/protocolo_1594.2023_requerimento_parlamentar_554.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/456/protocolo_1594.2023_requerimento_parlamentar_554.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja consignada na ata dos trabalhos desta Casa Legislativa, Voto de aplausos ao Excelentíssimo Senhor Presidente da República Luiz Inácio Lula da Silva por ter priorizado a operação de repatriação dos brasileiros e brasileiras que estão em Israel, dessa forma, salvando centenas de vidas.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/458/protocolo_1595.2023_requerimento_administrativo_555.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/458/protocolo_1595.2023_requerimento_administrativo_555.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja consignada na ata dos trabalhos desta Casa Legislativa, Voto de Aplauso para os Professores da rede de ensino de Santa Rita, tanto pública como privada, pela passagem do dia do Professor e professora que é celebrado em 15 de Outubro. Solicito ainda, que a decisão desta Casa seja comunicado ao SINFESA.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/457/protocolo_1596.2023_requerimento_administrativo_556.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/457/protocolo_1596.2023_requerimento_administrativo_556.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que o prefeito de nossa cidade Sr. Emerson Panta junto a Secretaria de Infraestrutura, efetuar a conclusão da pavimentação em paralelepípedos na Rua Horigenes Isabel de Farias, Lot. Sol Nascente em Tibiri 2 paralelo a Av. Embaixador Milton Cabral sentido Marcos Moura.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/465/protocolo_1610.2023_requerimento_parlamentar_557.2023_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/465/protocolo_1610.2023_requerimento_parlamentar_557.2023_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>O vereador que o presente subscreve, vem por meio deste requerer ao excelentíssimo Sr. Prefeito Emerson Panta, resepeitosamente, venha solucionar problemas relativos ao tratamento de água e esgoto no Bairro de Marcos Moura</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/464/protocolo_1613.2023_requerimento_parlamentar_558.2023_ver._paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/464/protocolo_1613.2023_requerimento_parlamentar_558.2023_ver._paulo_cesar.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja encaminhado ao prefeito Emerson Panta que venha incluir nas obras de sua administração que seja instalado um semáforo em frente a escola João Úrsulo no Centro de Santa Rita.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/468/protocolo_1626.2023_requerimento_parlamentar_560.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/468/protocolo_1626.2023_requerimento_parlamentar_560.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que o Sr. Prefeito Emerson Panta realize a reforma da Praça de frente a EMEF Índio Piragibe, no alto das populares neste Município.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/517/protocolo_1627.2023_requerimento_parlamentar_561.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/517/protocolo_1627.2023_requerimento_parlamentar_561.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que o Sr. Prefeito Emerson Panta realize a reforma da Quadra de esportes da escola EMEF Índio Piragibe no Alto das Populares neste Municipio</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/470/protocolo_1631.2023_requerimento_parlamentar_562.2023_ver._paulo_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/470/protocolo_1631.2023_requerimento_parlamentar_562.2023_ver._paulo_fernandes.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado ao Excelentíssimo prefeito Sr. Emerson Panta através da Secretaria de Infraestrutura o calçamento da Rua Anciato Borges no Bairro Jd. Europa em Tibiri 2 neste Município.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/469/protocolo_1632.2023_requerimento_parlamentar_563.2023_ver._paulo_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/469/protocolo_1632.2023_requerimento_parlamentar_563.2023_ver._paulo_fernandes.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado ao ao excelentíssimo prefeito Sr. Emerson Panta através da Secretaria de Infraestrutura a pavimentação da Rua Vicente Laurentino dos Santos no Bairro Popular neste Município.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/461/protocolo_1635.2023_requerimento_parlamentar_564.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/461/protocolo_1635.2023_requerimento_parlamentar_564.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário, a realização de uma Sessão Especial em alusão ao Novembro Azul, a fim de homenagear a campanha de conscientização.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/462/protocolo_1637.2023_requerimento_parlamentar_565.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/462/protocolo_1637.2023_requerimento_parlamentar_565.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em Plenário que seja encaminhado ao Excelentíssimo Sr. Prefeito Emerson Panta, que inclua nas obras de sua gestão a instalação de equipamentos de ginastica na Praça Marcelo Veloso Borges localizada no Alto da Cosibra no Lot. JD. Miritânia neste Município.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/460/protocolo_1639.2023_requerimento_parlamentar_566.2023_ver._bruno_de_cicinha.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/460/protocolo_1639.2023_requerimento_parlamentar_566.2023_ver._bruno_de_cicinha.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja enviado ao Sr. Emerson Panta através da SEMOB, a criação de Pontos de Apoio para Motoristas de Transporte Alternativo, nesta cidade.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/459/protocolo_1640.2023_requerimento_parlamentar_567.2023_ver._bruno_de_cicinha.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/459/protocolo_1640.2023_requerimento_parlamentar_567.2023_ver._bruno_de_cicinha.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja enviado ao Sr. Prefeito Emerson Panta através das Secretarias de Infraestrutura e de Educação, a implantação do programa "Santa Rita Conectada" para a instalação de Wi-Fi gratuito em todas as praças do Município de Santa Rita, nesta cidade.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/487/protocolo_1650.2023_requerimento_parlamentar_568.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/487/protocolo_1650.2023_requerimento_parlamentar_568.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja consignado na ata dos trabalhos Legislativo , voto de Aplausos ao Senhor, Valdir Lima.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/486/protocolo_1657.2023_requerimento_parlamentar_569.2023_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/486/protocolo_1657.2023_requerimento_parlamentar_569.2023_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado ao Excelentíssimo Sr. Prefeito Emerson Panta para que determine ao Sr. Secretário de Obras que seja feita a pavimentação em paralelepípedos da Rua José Valdevino Ferreira, a atual Rua Projetada, localizada perpendicular a Rua Marluce Arrude de Lira, e entre as Quadras 05 e 06, no Lot. André Vidal de Negreiros neste Município.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/488/protocolo_1659.2023_requerimento_parlamentar_570.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/488/protocolo_1659.2023_requerimento_parlamentar_570.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja marcada pela Mesa Diretora desta Casa, para o dia 20 de Novembro às 9h, data que se celebra o dia Nacional da Consciência Negra, uma Sessão Especial nesta Casa Legislativa.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/491/protocolo_1660.2023_requerimento_parlamentar_571.2023_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/491/protocolo_1660.2023_requerimento_parlamentar_571.2023_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer de forma regimental depois de ouvido em plenário que seja encaminhado ao Excelentíssimo prefeito Sr. Emerson Panta, que determine aos setores responsáveis a Restauração e ou instalação de recipientes de coleta de lixo nos mercados públicos Municipais, como também, nas principais praças e avenidas de nossa cidade.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/490/protocolo_1662.2023_requerimento_parlamentar_572.2023_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/490/protocolo_1662.2023_requerimento_parlamentar_572.2023_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer de forma regimental depois de ouvido em plenário, que através dessa Casa Legislativa seja enviado ao DER (Departamento de Estrada e Rodagens da Paraíba) A solicitação de fiscalização e Manutenção das rampas elevatórias utilizadas pelos deficientes físicos, nos veículos da empresa concessionárias do transporte coletiva de nosso Município.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/489/protocolo_1663.2023_requerimento_parlamentar_573.2023_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/489/protocolo_1663.2023_requerimento_parlamentar_573.2023_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer de forma regimental depois de ouvido em plenário que seja enviado ao Excelentíssimo Chefe do Poder Executivo o prefeito Emerson Panta que realize um estudo junto a secretaria competente, visando a construção de uma pista para caminhada e tráfego de pedestres na ligação da ponte que fica na rua Eurico Dutra, até o parque do povo, facilitando o acesso e dando maior segurança aos estudantes, comerciantes e moradores da localidade.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/499/protocolo_1665.2023_requerimento_parlamentar_574.2023_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/499/protocolo_1665.2023_requerimento_parlamentar_574.2023_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja encaminhado ao Sr. Prefeito Emerson Panta através da Secretaria de Obras e Serviços Públicos que seja feito o calçamento da Rua Ascendino M. da Silva em Tibiri 2 nesta cidade.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/500/protocolo_1666.2023_requerimento_parlamentar_575.2023_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/500/protocolo_1666.2023_requerimento_parlamentar_575.2023_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja encaminhado ao Sr. Prefeito Emerson Panta através da Secretaria de Obras e Serviços Públicos que seja feito o calçamento da Rua Visconde de Mauá em Tibiri 2  nesta cidade.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/496/protocolo_1684.2023_requerimento_parlamentar_576.2023_ver._pastor_paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/496/protocolo_1684.2023_requerimento_parlamentar_576.2023_ver._pastor_paulo_cesar.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja encaminhado ao Sr. Prefeito Emerson Panta a reforma da Praça Geraldo Beltrão, no bairro do Heitel Santiago e que seja instalado equipamentos para exercícios físicos.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/497/protocolo_1685.2023_requerimento_parlamentar_577.2023_ver._pastor_paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/497/protocolo_1685.2023_requerimento_parlamentar_577.2023_ver._pastor_paulo_cesar.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja encaminhado ao Sr. Prefeito Emerson Panta que venha incluir nas obras de sua administração o 1° Ginásio Poliesportivo da Cidade de Santa Rita, com Piscina Adulto e infantil, Quadras de vôlei, Basquete, Futsal, Handebol, pista de cooper, salas para prática de esportes como Boxe, artes marciais e demais modalidades de esportes.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/498/protocolo_1686.2023_requerimento_parlamentar_578.2023_ver._pastor_paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/498/protocolo_1686.2023_requerimento_parlamentar_578.2023_ver._pastor_paulo_cesar.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja encaminhado ao Sr. Prefeito Emerson Panta para que sejam feitas rondas por guardas civis municipais nas escolas do Município de Santa Rita, DIARIAMENTE.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/504/protocolo_1712.2023_requerimento_parlamentar_579.2023_ver._jackson_alvino_e_marinaldo_dos_santos.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/504/protocolo_1712.2023_requerimento_parlamentar_579.2023_ver._jackson_alvino_e_marinaldo_dos_santos.pdf</t>
   </si>
   <si>
     <t>Requer de forma regimental após ouvido em plenário que seja enviado um veemente apelo ao Excelentíssimo Chefe do Poder Executivo, que seja enviado a esta Casa Legislativa, um Projeto de Lei, que versa sobre O Programa de Recuperação Fiscal "REFIS" (é um benefício para o pagamento à vista ou parcelado de dívidas e multas Municipais, inscritas em dívida ativa, ajuizadas ou não. Os descontos variam de acordo como número de parcelas).</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/503/protocolo_1716.2023_requerimento_parlamentar_580.2023_ver._celio_rufino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/503/protocolo_1716.2023_requerimento_parlamentar_580.2023_ver._celio_rufino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja ao Excelentíssimo Sr. Prefeito Emerson Panta, para que determine Superintendência Executiva de mobilidade Urbana de Santa Rita - SEMOB, a colocação de semáforos onde hoje é a rotatória na praça do chafariz em Tibiri, buscando melhorar o tráfegode veículos e a travessia de pedestres naquela região.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/502/protocolo_1719.2023_requerimento_parlamentar_581.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/502/protocolo_1719.2023_requerimento_parlamentar_581.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja consignado na ata dos trabalhos desta Casa Legislativa, Voto de profundo pesar pelo falecimento do senhor Henrique Alessandro Ferreira, o popular, Dodoca falecido no último dia 24de Outubro de 2023</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/501/protocolo_1722.2023_requrimento_parlamentar_582.2023_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/501/protocolo_1722.2023_requrimento_parlamentar_582.2023_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>Requer do Chefe do Poder Executivo o Sr. Emerson Panta para que determine ao Secretário de Obras e serviços Públicos que seja feita a pavimentação em Calçamento da Rua Francisca Meira Ângelo localizada por trás da casa de recepções Porto Castelo, Bairro Jardim Planalto nesta cidade.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/507/protocolo_1727.2023_requerimento_parlamentar_583.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/507/protocolo_1727.2023_requerimento_parlamentar_583.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja solicitado ao Excelentíssimo Sr. Prefeito Emerson Panta que conceda um dia de folga aos servidores públicos no dia de seu aniversário, sem prejuízo dos seus vencimentos.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/518/protocolo_1736.2023_requerimento_parlamentar_584.2023_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/518/protocolo_1736.2023_requerimento_parlamentar_584.2023_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que encaminhem a SEMOB Sr. José Alves de Morais, solicitação desta casa para a execução de um Projeto que possa Implantar sinalização vertical, horizontal e construir redutores de velocidades (lombadas), na AV. Conde, nas proximidades da academia império GYM.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/515/protocolo_1738.2023_requerimento_parlamentar_585.2023_ver._farias.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/515/protocolo_1738.2023_requerimento_parlamentar_585.2023_ver._farias.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental após ouvido em plenário que seja consignado na ata dos trabalhos VOTO DE APLAUSO, ao Cabo Derivaldo Feliciano da Silva (Cabo Feliciano), lotado no 7° BPM- Santa Rita/PB, em atos de bravura e segurança.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/512/protocolo_1749.2023_requerimento_parlamentar_586.2023_ver._pastor_paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/512/protocolo_1749.2023_requerimento_parlamentar_586.2023_ver._pastor_paulo_cesar.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja encaminhado ao Sr. Prefeito Emerson Panta, que inclua nas obras da sua gestão a construção de praças com equipamentos para exercícios físicos nos Loteamentos Santo Amaro, Luar de Santa Rita, Novo Horizonte, Shalon, Bosque Belo Horizonte e adjacências, que fazem parte do Distrito de Várzea Nova.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/513/protocolo_1750.2023_requerimento_parlamentar_587.2023_ver._pastor_paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/513/protocolo_1750.2023_requerimento_parlamentar_587.2023_ver._pastor_paulo_cesar.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja encaminhado ao Sr. Prefeito Emerson Panta, que inclua nas obras da sua gestão a construção de uma UBS (Unidade Básica de Saúde) em benefício dos moradores dos  Loteamentos Santo Amaro, Luar de Santa Rita, Novo Horizonte, Shalon, Bosque Belo Horizonte e adjacências, que fazem parte do Distrito de Várzea Nova.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/514/protocolo_1751.2023_requerimento_parlamentar_588.2023_ver._pastor_paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/514/protocolo_1751.2023_requerimento_parlamentar_588.2023_ver._pastor_paulo_cesar.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja encaminhado ao Sr. Prefeito Emerson Panta, que inclua nas obras da sua gestão a construção de Creches em benefício dos moradores dos  Loteamentos Santo Amaro, Luar de Santa Rita, Novo Horizonte, Shalon, Bosque Belo Horizonte e adjacências, que fazem parte do Distrito de Várzea Nova.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/558/protocolo_1752.2023_requerimento_parlamentar_589.2023_ver._pastor_paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/558/protocolo_1752.2023_requerimento_parlamentar_589.2023_ver._pastor_paulo_cesar.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja encaminhado ao Sr. Prefeito Emerson Panta, para que venha a ser incluído na rota da Empresa de coleta de resíduos, que seja feito o circular da coleta de lixo dentro dos   Loteamentos Santo Amaro, Luar de Santa Rita, Novo Horizonte, Shalon, Bosque Belo Horizonte e adjacências, que fazem parte do Distrito de Várzea Nova.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/557/protocolo_1753.2023_requerimento_parlamentar_590.2023_ver._pastor_paulo_cesar.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/557/protocolo_1753.2023_requerimento_parlamentar_590.2023_ver._pastor_paulo_cesar.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja encaminhado ao Sr. Prefeito Emerson Panta, que inclua nas obras da sua gestão a construção de Escolas Municipais com 1° e 2° grau, em benefício dos moradores dos  Loteamentos Santo Amaro, Luar de Santa Rita, Novo Horizonte, Shalon, Bosque Belo Horizonte e adjacências, que fazem parte do Distrito de Várzea Nova.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/549/protocolo_1771.2023_requerimento_parlamentar_591.2023_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/549/protocolo_1771.2023_requerimento_parlamentar_591.2023_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja encaminhado ao Excelentíssimo Prefeito Emerson Panta a pavimentação em calçamento da Rua Heliton Santana no Bairro Alto da Cosibra próximo ao posto de gasolina de frente ao fórum de Santa Rita/PB</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/548/protocolo_1772.2023_requerimento_parlamentar_592.2023_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/548/protocolo_1772.2023_requerimento_parlamentar_592.2023_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja encaminhado ao Excelentíssimo Prefeito Emerson Panta a pavimentação em calçamento da Rua Hilda Perazzo Gadelha, no Bairro de Tibiri 2 em Santa Rita PB</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/547/protocolo_1773.2023_requerimento_parlamentar_593.2023_ver._paulinho_fernandes.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/547/protocolo_1773.2023_requerimento_parlamentar_593.2023_ver._paulinho_fernandes.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja encaminhado ao Excelentíssimo Prefeito Emerson Panta a pavimentação em calçamento da Rua Severino Inácio de Oliveira no bairro Jardim Miritânia, próximo á fábrica de vassoura em Santa Rita PB.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/546/protocolo_1774.2023_requerimento_parlamentar_594.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/546/protocolo_1774.2023_requerimento_parlamentar_594.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja enviado ao Excelentíssimo Sr. Prefeito Emerson Panta que execute a pavimentação da Rua Ataíde de Brito no Bairro JD. Europa 1 neste Município.</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/545/protocolo_1775.2023_requerimento_parlamentar_595.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/545/protocolo_1775.2023_requerimento_parlamentar_595.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja encaminhado ao Sr. Prefeito Emerson Panta que execute a pavimentação da Rua Coelho Neto no Bairro JD. Europa 1 netse Município.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/544/protocolo_1776.2023_requerimento_parlamentar_596.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/544/protocolo_1776.2023_requerimento_parlamentar_596.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja encaminhado ao Sr. Prefeito Emerson Panta que execute a pavimentação da Rua Maria Teresa de Jesus no Bairro JD. Europa 1 netse Município.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/543/protocolo_1777.2023_requerimento_parlamentar_597.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/543/protocolo_1777.2023_requerimento_parlamentar_597.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja encaminhado ao Sr. Emerson Panta que execute a pavimentação asfáltica da Rua Pedro Lins de Albuquerque no Bairro JD. Europa 1 neste Município.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/542/protocolo_1778.2023_requerimento_parlamentar_598.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/542/protocolo_1778.2023_requerimento_parlamentar_598.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja encaminhado ao Sr. Emerson Panta que execute a pavimentação da Rua Senador Humberto Lucena no Bairro JD. Europa 1 neste Município.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/541/protocolo_1779.2023_requerimento_parlamentar_599.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/541/protocolo_1779.2023_requerimento_parlamentar_599.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja encaminhado ao Sr. Emerson Panta que execute a pavimentação da Rua Maestro Pedro Santos no Bairro JD. Europa 1 neste Município.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/539/protocolo_1780.2023_requerimento_parlamentar_600.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/539/protocolo_1780.2023_requerimento_parlamentar_600.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja encaminhado ao Sr. Emerson Panta que execute a pavimentação da Rua Julieta Gadelha no Bairro JD. Europa 1 neste Município.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/540/protocolo_1781.2023_requerimento_parlamentar_601.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/540/protocolo_1781.2023_requerimento_parlamentar_601.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja encaminhado ao Sr. Emerson Panta que execute a pavimentação da Rua Gov. Ivan Bichara  no Bairro JD. Europa 1 neste Município.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/552/protocolo_1801.2023_requerimento_parlamentar_602.2023_ver._naedson.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/552/protocolo_1801.2023_requerimento_parlamentar_602.2023_ver._naedson.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que o Sr. Prefeito Emerson Panta realize a pavimentação da Rua Maria Nazareth de Cabral no Bairro JD. Europa 1 neste Município.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/553/protocolo_1808.2023_requerimento_parlamentar_603.2023_ver._sebastiao_do_sindicato.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/553/protocolo_1808.2023_requerimento_parlamentar_603.2023_ver._sebastiao_do_sindicato.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja consignado na ata dos trabalhos desta casa legislativa, Votos de aplausos para a delegação eleita na Conferência Municipal de Cultura que foi representar nossa cidade na IV Conferência Estadual da Cultura que foi realizada nos dias 16, 17 e 18 desse mês na cidade de Campina Grande.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/554/protocolo_1825.2023_requerimento_parlamentar_604.2023_ver._nininho_do_bode.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/554/protocolo_1825.2023_requerimento_parlamentar_604.2023_ver._nininho_do_bode.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja encaminhado Voto de aplausos ao 2° SGT J.Santos, matrícula N° 523700-9 CBMPB, lotado na SCI-JP (Seção Contra Incêndio) pelo relevante ato de bravura, coragem e determinação realizado no último dia 20 de Novembro.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/556/protocolo_1858.2023_requerimento_parlamentar_605.2023_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/556/protocolo_1858.2023_requerimento_parlamentar_605.2023_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, no exercício de suas atividades parlamentares, consoante lhe faculta o Regime Interno da Câmara Municipal, sugere, para que conste nos anais desta Casa legislativa, Voto de Aplauso aos participantes do projeto "Semeando Esperança" nas escolas da rede Municipal de Santa Rita. Em especial, dedicamos este voto de aplauso aos visionários autores do projeto, o Diretor Hélio Severiano de Almeida e a coordenadora e Psicóloga Mônica Menezes.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/560/protocolo_1862.2023_requerimento_parlamentar_606.2023_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/560/protocolo_1862.2023_requerimento_parlamentar_606.2023_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, no exercício de suas atividades parlamentares, consoante lhe faculta o Regime Interno da Câmara Municipal, sugere, para que conste nos anais desta Casa legislativa, Voto de Aplauso aos ilustres profissionais da saúde, Geimison Morais da Silva, enfermeiro socorrista e Danilo Juvêncio da Silva, condutor socorrista, pelos relevantes serviços prestados à comunidade Santarritense.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/561/protocolo_1863.2023_requerimento_parlamentar_607.2023_ver._marinaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/561/protocolo_1863.2023_requerimento_parlamentar_607.2023_ver._marinaldo.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, no exercício de suas atividades parlamentares, consoante lhe faculta o Regime Interno da Câmara Municipal, sugere, para que conste nos anais desta Casa legislativa, Voto de Aplauso em reconhecimento ao notável desempenho do Sr. Paulo Henrique da Silva Cunha, Diretor de Departamento de Controle, Avaliação, Regulação e auditoria, na Secertaria Municipal de Saúde de santa Rita</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/562/protocolo_1870.2023_requerimento_parlamentar_608.2023_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/562/protocolo_1870.2023_requerimento_parlamentar_608.2023_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja enviado ao Chefe do Poder Executivo Sr. Prefeito Emerson Panta um estudo visando a construção de um muro na escola Ambrósio Fernandes Brandão, como também, diversos reparos no anexo desta mesma unidade educacional.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/563/protocolo_1871.2023_requerimento_parlamentar_609.2023_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/563/protocolo_1871.2023_requerimento_parlamentar_609.2023_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja enviado ao Prefeito Emerson Panta a realização de reparos na fossa (exalando fedentina ao lado do refeitório), Teto (Sem lona de proteção),  Área de lazer (Inexistente) da escola Candida Sá, no Distrito de pitombeira, neste Município.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/564/protocolo_1872.2023_requerimento_parlamentar_610.2023_ver._irmao_josivaldo.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/564/protocolo_1872.2023_requerimento_parlamentar_610.2023_ver._irmao_josivaldo.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvido em plenário que seja encaminhado ao Prefeito Emerson Panta que determine a Secretaria de Educação, a limpeza da área de lazer e instalação de equipamentos para os estudantes da escola Arnóbio Maroja, Zona Rural, neste Município.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>Marcio Justino</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/565/protocolo_1892.2023_requerimento_parlamentar_611.2023_ver._marcio_justino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/565/protocolo_1892.2023_requerimento_parlamentar_611.2023_ver._marcio_justino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental após ouvido em plenário que seja encaminhado ao Chefe do Poder executivo o Sr. Emerson Panta para que venha incluir nas obras de sua administração o calçamento da Rua Gov. Venâncio Neiva, em tibiri 2</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/566/protocolo_1894.2023_requerimento_parlamentar_612.2023_ver._marcio_justino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/566/protocolo_1894.2023_requerimento_parlamentar_612.2023_ver._marcio_justino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental após ouvido em plenário que seja encaminhado ao Chefe do Poder executivo o Sr. Emerson Panta para que venha incluir nas obras de sua administração a reforma do Ginásio Poliesportivo "O Renatão" no Bairro Popular.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/567/protocolo_1895.2023_requerimento_parlamentar_613.2023_ver._marcio_justino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/567/protocolo_1895.2023_requerimento_parlamentar_613.2023_ver._marcio_justino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental após ouvido em plenário que seja encaminhado ao Chefe do Poder executivo o Sr. Emerson Panta, para que a secretaria de saúde inclua em seu orçamento, a aquisição de medicamentos para tratamento de pessoas portadoras do Transtorno do espectro autista-TEA e disponibilidade nas farmácias do Município.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/568/protocolo_1900.2023_requerimento_parlamentar_615.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/568/protocolo_1900.2023_requerimento_parlamentar_615.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental após ouvido em plenário que seja enviado um veemente apelo ao Excelentíssimo Chefe do Poder Executivo, que o mesmo realize um estudo, para que a sede do Conselho Tutelar da Segunda Região seja transferida para a antiga Biblioteca Ariano Suassuna (localizada na Montadas - no Bairro de Tibiri -Santa Rita), solicito ainda que a sede seja reformada, para atender a população.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/569/protocolo_1900.2023_requerimento_parlamentar_615.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/569/protocolo_1900.2023_requerimento_parlamentar_615.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/570/protocolo_1901.2023_requerimento_parlamentar_616.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/570/protocolo_1901.2023_requerimento_parlamentar_616.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental após ouvido em plenário que seja enviado um veemente apelo ao Excelentíssimo Chefe do Poder Executivo, que o mesmo realize um estudo, para que a sede do Conselho Tutelar da Primeira Região seja transferida para a antiga Biblioteca Américo Falcão (localizada na Av. Juarez Távora-Centro-Santa Rita), solicito ainda que a sede seja reformada, para atender a população.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/571/protocolo_1902.2023_requerimento_parlamentar_617.2023_ver._jackson_alvino.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/571/protocolo_1902.2023_requerimento_parlamentar_617.2023_ver._jackson_alvino.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental após ouvido em plenário que seja enviado um veemente apelo ao Excelentíssimo Chefe do Poder Executivo, que o mesmo realize um estudo, para viabilidade de um aumento salarial para os Conselheiros Tutelares, deste Município.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/572/protocolo_1906.2023_requerimento_parlamentar_618.2023_ver._anesio_miranda_1.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/572/protocolo_1906.2023_requerimento_parlamentar_618.2023_ver._anesio_miranda_1.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental após ouvido em plenário que seja consignado na ata dos trabalhos VOTO DE APLAUSO, a toda esportiva da BAND NEWS, pelas excelentes coberturas esportivas na radiofonia paraibana.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/573/protocolo_1907.2023_requerimento_parlamentar_619.2023_ver._anesio_miranda.pdf</t>
+    <t>http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/573/protocolo_1907.2023_requerimento_parlamentar_619.2023_ver._anesio_miranda.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental após ouvido em plenário que seja enviado um veemente apelo ao Excelentíssimo Chefe do Poder Executivo, que inclua nas obras de sua administração a Construção de paradas de ônibus climatizadas (ar condicionado) e com bebedouro nas praças do Município, haja vista a supressão de árvores, tornando insuportável aguardar ônibus no sol escaldante.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5727,68 +5727,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/188/protocolo_170.2023_projeto_de_decreto_legislativo_001.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/203/protocolo_513.2023_projeto_de_decreto_legislativo_002.2023_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/108/protocolo_882.2023_projeto_de_decreto_legislativo_03.2023_ver._cassio.celio.naedson.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/252/protocolo_1147.2023_projeto_de_decreto_de_lei_04.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/379/protocolo_1390.2023_projeto_de_decreto_legislativo_05.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/382/protocolo_1391.2023_projeto_de_decreto_legislativo_06.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/380/protocolo_1413.2023_projeto_de_decreto_legislativo_07.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/381/protocolo_1414.2023_projeto_de_decreto_legislativo_08.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/385/protocolo_1424.2023_projeto_de_decreto_lei_legislativo_09.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/384/protocolo_1431.2023_projeto_de_decreto_legislativo_10.2023_ver._sebastiao_de_sindicato.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/383/protocolo_1432.2023_projeto_de_decreto_legislativo_11.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/398/protocolo_1446.2023_projeto_de_decreto_legislativo_12.2023_ver._paulo_fernandes.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/406/protocolo_1475.2023_projeto_de_decreto_legislativo_13.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/407/protocolo_1476.2023_projeto_de_decreto_legislativo_14.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/415/protocolo_1506.2023_projeto_de_decreto_legislativo_16.2023_ver._bruno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/420/protocolo_1503.2023_projeto_de_decreto_legislativo_17.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/438/protocolo_1531.2023_projeto_de_decreto_legislativo_18.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/437/protocolo_1532.2023_projeto_de_decreto_legislativo_19.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/433/protocolo_1562.2023_projeto_de_decreto_legislativo_20.2023_ver._paulinho_fernandes_e_jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/448/protocolo_1575.2023_projeto_de_decreto_legislativo_21.2023_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/492/protocolo_1649.2023_projeto_de_decreto_legislativo_22.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/627/protocolo_1914.2023_projeto_de_decreto_legislativo_23.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/225/protocolo_13.2023_projeto_de_lei_ordinaria_001.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/226/protocolo_12.2023_projeto_de_lei_ordinaria_002.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/257/protocolo_1280.2023_projeto_de_lei_ordinaria_003.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/184/protocolo_104.2023_projeto_de_lei_ordinario_004.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/185/protocolo_123.2023_projeto_de_lei_ordinaria_005.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/186/protocolo_130.2023_projeto_de_lei_ordinaria_006.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/187/protocolo_152.2023_projeto_de_lei_ordinaria_007.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/256/protocolo_166.2023_projeto_de_lei_ordinaria_008.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/255/protocolo_181.2023_projeto_de_lei_ordiaria_009.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/189/protocolo_218.2023_projeto_de_lei_ordinaria_011.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/200/protocolo_265.2023_projeto_de_lei_ordinaria_012.2023_ver._alysson_gomes_e_cassio.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/199/protocolo_264.2023_projeto_de_lei_ordinaria_013.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/198/protocolo_263.2023_projeto_de_lei_ordinaria_014.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/197/protocolo_262.2023_projeto_de_lei_ordinaria_015.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/196/protocolo_261.2023_projeto_de_lei_ordinaria_016.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/195/protocolo_260.2023_projeto_de_lei_ordinaria_017.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/194/protocolo_259.2023_projeto_de_lei_ordinaria_018.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/193/protocolo_258.2023_projeto_de_lei_ordinaria_019.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/192/protocolo_257.2023_projeto_de_lei_ordinaria_020.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/191/protocolo_256.2023_projeto_de_lei_ordinaria_021.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/190/protocolo_252.2023_projeto_de_lei_ordinaria_022.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/201/protocolo_268.2023_projeto_de_lei_023.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/254/protocolo_277.2023_projeto_de_lei__024.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/368/protocolo_287.2023_projeto_de_lei_ordinaria_25.2023_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/202/protocolo_298.2023_projeto_de_lei_ordinaria_026.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/370/protocolo_329.2023_projeto_de_lei_ordinaria_27.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/259/protocolo_353.2023_projeto_de_lei_28.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/205/protocolo_377.2023_projeto_de_lei_ordinaria_029.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/204/protocolo_373.2023_projeto_de_lei_ordinaria_030.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/206/protocolo_383.2023_projeto_de_lei_ordinaria_031.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/207/protocolo_384.2023_projeto_de_lei_ordinaria_032.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/211/protocolo_388.2023_projeto_de_lei_ordinaria_033.2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/208/protocolo_385.2023_projeto_de_lei_ordinaria_034.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/209/protocolo_386.2023_projeto_de_lei_ordinaria_035.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/210/protocolo_387.2023_projeto_de_lei_ordinaria_036.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/369/protocolo_400.2023_projeto_de_lei_ordinaria_37.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/212/protocolo_401.2023_projeto_de_lei_ordinaria_039.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/214/protocolo_425.2023_projeto_de_lei_ordinaria_040.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/215/protocolo_448.2023_projeto_de_lei_041.2023_ver._queiroga_e_alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/216/protocolo_464.2023_projeto_de_lei_042.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/262/protocolo_462.2023_projeto_de_lei___.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/258/protocolo_481.2023_projeto_de_lei_044.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/217/protocolo_527.2023_projeto_de_lei_ordinaria_045.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/349/protocolo_541.2023_projeto_de_lei_ordinaria_46.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/213/protocolo_555.2023_projeto_de_ordinaria_048.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/218/protocolo_558.2023_projeto_de_lei_049.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/219/protocolo_559.2023_projeto_de_lei_ordinaria_050.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/220/protocolo_560.2023_projeto_de_lei_ordinaria_051.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/223/protocolo_579.2023_projeto_de_lei_ordinaria_052.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/222/protocolo_578.2023_projeto_de_lei_ordinaria_053.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/224/protocolo_583.2023_projeto_de_lei_ordinaria_054.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/221/protocolo_577.2023_projeto_de_lei_ordinaria_055.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/2/projeto_de_remanejamento_corrigidadocx.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/261/protocolo_646.2023_projeto_de_lei__57.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/74/protocolo_616.2023_projeto_de_lei_058.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/39/protocolo_606.2023_projeto_de_lei_059.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/47/protocolo_670.2023_projeto_de_lei_ordinaria_060.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/73/protocolo_576.2023_projeto_de_lei_ordinaria_061.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/72/protocolo_617.2023_projeto_de_lei_ordinaria_062.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/71/protocolo_618.2023_projeto_de_lei_ordinaria_063.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/40/protocolo_619.2023_projeto_de_lei_ordinaria_064.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/75/protocolo_603.2023_projeto_de_lei_ordinaria_065.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/41/protocolo_728.2023_projeto_de_lei_ordinaria_66.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/42/protocolo_729.2023_projeto_de_lei_ordinaria_67.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/43/protocolo_730.2023_projeto_de_lei_68.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/44/protocolo_731.2023_projeto_de_lei_69.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/45/protocolo_732.2023_projeto_de_lei_70.2023_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/260/protocolo_757.2023_projeto_de_lei_71.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/58/protocolo_755.2023_projeto_de_lei_72.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/59/protocolo_764.2023_projeto_de_lei_073.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/76/protocolo_756.2023_projeto_de_lei____.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/77/protocolo_714.2023_projeto_de_lei___.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/80/protocolo_771.2023_projeto_de_lei_76.2023_ver._jackson_alvino.pdf.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/79/protocolo_774.2023_projeto_de_lei_77.2023_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/81/protocolo_773.2023_projeto_de_lei_78.2023_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/83/protocolo_787.2023_projeto_de_lei_ordinaria_79.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/84/protocolo_788.2023_projeto_de_lei_ordinaria_80.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/85/protocolo_814.2023_projeto_de_lei_ordinario_81.2023_ver._alysson_gomes_e_paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/94/protocolo_869.2023_projeto_de_lei_82.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/95/protocolo_878.2023_projeto_de_lei_83.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/96/protocolo_896.2023_projeto_de_lei_ordinaria_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/98/protocolo_880.2023_projeto_de_lei_85.2023_ver._paulo_fernandes.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/99/protocolo_913.2023_projeto_de_lei_86.2023_oficio_41_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/100/protocolo_931.2023_projeto_de_lei_87.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/101/protocolo_930.2023_projeto_de_lei_88.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/102/protocolo_920.2023_projeto_de_lei_ordinaria_89.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/103/protocolo_902.2023_projeto_de_lei_90.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/104/protocolo_891.2023_a_projeto_de_lei_ordinaria_91.2023_ver._nininho_do_bode_e_alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/105/protocolo_1038.2023_projeto_de_lei_ordinaria_92.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/106/protocolo_1037.2023_projeto_de_lei_ordinaria_93.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/107/protocolo_1043.2023_projeto_de_lei_ordinaria_94.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/109/protocolo_1048.2023_projeto_de_lei_ordinaria_95.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/110/protocolo_1049.2023_projeto_de_lei_ordinaria_96.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/111/protocolo_1050.2023_projeto_de_lei_ordinaria_97.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/112/protocolo_1051.2023_projeto_de_lei_ordinaria_98.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/113/protocolo_1063.2023_projeto_de_lei_ordinaria_99.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/114/protocolo_1064.2023_projeto_de_lei_ordinaria_100.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/153/protocolo_1073.2023_projeto_de_lei_ordinaria_101.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/251/protocolo_1120.2023_projeto_de_lei_ordinaria_102.2023_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/348/protocolo_1138.2023_projeto_de_lei_ordinaria_103.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/249/protocolo_1140.2023_projeto_de_lei_ordinaria_104.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/250/protocolo_1141.2023_projeto_de_lei_ordinaria_105.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/485/protocolo_1177.2023_projeto_de_lei_ordinaria_106.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/484/protocolo_1179.2023_projeto_de_lei_ordinaria_107.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/483/protocolo_1180.2023_projeto_de_lei_ordinaria_108.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/482/protocolo_1178.2023_projeto_de_lei_ordinaria_109.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/263/protocolo_1207.2023_projeto_de_lei_ordinaria_110.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/264/protocolo_1208.2023_projeto_de_lei_111.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/265/protocolo_1210.2023_projeto_de_lei_112.2023_ver._palinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/266/protocolo_1211.2023_projeto_de_lei_113.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/355/protocolo_1230.2023_projeto_de_lei_ordinaria_114.2023_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/350/protocolo_1231.2023_projeto_de_lei_ordinaria_115.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/356/protocolo_1232.2023_projeto_de_lei_ordinaria_116.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/357/protocolo_1233.2023_projeto_de_lei_ordinaria_117.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/358/protocolo_1234.2023_projeto_de_lei_ordinaria_118.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/352/protocolo_1240.2023_projeto_de_lei_ordinaria_119.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/253/protocolo_1256.2023_projeto_de_lei_ordinaria_120.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/276/protocolo_1262.2023_projeto_de_lei_ordinaria_121.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/277/protocolo_1276.2023_projeto_de_lei_ordinaria_122.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/337/protocolo_1315.2023_projeto_de_lei_ordinaria_123.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/298/protocolo_1328.2023_projeto_de_lei_124.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/313/protocolo_1361.2023_projeto_de_lei_ordinaria_125.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/310/protocolo_1377.2023_projeto_de_lei_126.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/311/protocolo_1378.2023_projeto_de_lei_ordinaria_127.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/325/protocolo_1383.2023_projeto_de_lei_ordinaria_128.2023_ver._paulo_fernandes.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/347/protocolo_1392.2023_projeto_delei_129.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/346/protocolo_1386.2023_projeto_de_lei_ordinaria_130.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/377/protocolo_1409.2023_projeto_de_lei_ordinaria_131.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/376/protocolo_1421.2023_projeto_de_lei_ordinaria_132.2023_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/378/protocolo_1422.2023_projeto_de_lei_ordinaria_133.2023_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/375/protocolo_1423.2023_projeto_de_lei_ordinaria_134.2023_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/399/protocolo_1447.2023_projeto_de_lei_135.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/401/protocolo_1461.2023_projeto_de_lei_136.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/396/protocolo_1470.2023_projeto_de_lei_137.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/429/protocolo_1541.2023_projeto_de_lei_ordinaria_138.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/439/protocolo_1542.2023_projeto_de_lei_ordinaria_139.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/436/protocolo_1555.2023_projeto_de_lei_ordinaria_140.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/435/protocolo_1560.2023_projeto_de_lei_ordinaria_141.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/434/protocolo_1561.2023_projeto_de_lei_ordinaria_142.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/534/protocolo_1572.2023_projeto_de_lei_ordinaria_143.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/449/protocolo_1576.2023_projeto_de_lei_ordinaria_144.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/450/protocolo_1577.2023_projeto_de_lei_ordinaria_145.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/451/protocolo_1578.2023_projeto_de_lei_ordinaria_146.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/477/protocolo_1590.2023_projeto_de_lei_ordinaria_147.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/533/protocolo_1592.2023_projeto_de_lei_ordinaria_148.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/525/protocolo_1593.2023_projeto_de_lei_149.2023_loa_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/478/protocolo_1597.2023_projeto_de_lei_ordinaria_150.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/476/protocolo_1600.2023_projeto_de_lei_ordinaria_152.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/480/protocolo_1602.2023_projeto_de_lei_ordinaria_153.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/479/protocolo_1603.2023_projeto_de_lei_ordinaria_154.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/475/protocolo_1616.2023_projeto_de_lei_155.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/474/protocolo_1620.2023_projeto_de_lei_ordinaria_156.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/481/protocolo_1623.2023_projeto_de_lei_ordinaria_157.2023_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/472/protocolo_1628.2023_projeto_de_lei_ordinaria_158.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/471/protocolo_1629.2023_projeto_de_lei_ordinaria_159.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/494/protocolo_1647.2023_projeto_de_lei_ordinaria_160.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/493/protocolo_1648.2023_projeto_de_lei_ordinaria_161.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/495/protocolo_1651.2023_projeto_de_lei_ordinaria_162.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/532/protocolo_1668.2023_projeto_de_lei_163.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/531/protocolo_1669.2023_projeto_de_lei_164.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/530/protocolo_1670.2023_projeto_de_lei_165.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/529/protocolo_1671.2023_projeto_de_lei_166.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/528/protocolo_1672.2023_projeto_de_lei_167.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/578/protocolo_1760.2023_projeto_de_lei_ordinaria____.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/575/protocolo_1675.2023_projeto_de_lei_169.2023_poder_executivo_1.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/527/protocolo_1699.2023_projeto_de_lei_ordinaria_170.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/576/protocolo_1700.2023_projeto_de_lei_ordinaria_171.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/526/protocolo_1701.2023_projeto_de_lei_ordinaria_172.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/506/protocolo_1707.2023_projeto_de_lei_ordinaria_173.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/505/protocolo_1708.2023_projeto_de_lei_ordinaria_174.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/509/protocolo_1721.2023_projeto_de_lei_ordinaria_175.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/510/protocolo_1723.2023_projeto_de_lei_ordinaria_176.2023_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/508/protocolo_1726.2023_projeto_de_lei_ordinaria_177.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/511/protocolo_1725.2023_projeto_de_lei_ordinaria_178.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/520/protocolo_1729.2023_projeto_de_lei_ordinaria_179.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/521/protocolo_1730.2023_projeto_de_lei_ordinaria_180.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/522/protocolo_1731.2023_projeto_de_lei_ordinaria_181.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/523/protocolo_1732.2023_projeto_de_lei_ordinaria_182.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/524/protocolo_1733.2023_projeto_de_lei_ordinaria_183.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/519/protocolo_1735.2023_projeto_de_lei_ordinaria_184.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/555/protocolo_1763.2023_projeto_de_lei_ordinaria_185.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/550/protocolo_1789.2023_projeto_de_lei_ordinaria_188.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/551/protocolo_1807.2023_projeto_de_lei_ordinaria_189.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/577/protocolo_1818.2023_projeto_de_lei_ordinaria_190.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/628/protocolo_1913.2023_projeto_de_lei_191.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/629/protocolo_1970.2023_projeto_de_lei_ordinaria_192.2023_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/630/protocolo_1971.2023_projeto_de_lei_ordinaria_193.2023_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/595/protocolo_2010.2023_projeto_de_lei_194.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/97/protocolo_545.2023_projeto_de_lei_complementar_01.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/90/protocolo_850.2023_projeto_de_lei_complementar_02.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/374/protocolo_1379.2023_projeto_de_lei_complementar_03.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/537/protocolo_1673.2023_projeto_de_lei_complementar____.2023_poder_executivo_oficio_75.2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/535/protocolo_1698.2023_projeto_de_lei_complementar___.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/536/protocolo_1702.2023_projeto_de_lei_complementar___.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/538/protocolo_1710.2023_projeto_de_lei_complementar_07.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/677/protocolo_2014.2023_projeto_de_lei_complementar_08.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/678/protocolo_2015.2023_projeto_de_lei_complementar_09.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/679/protocolo_2011.2023_projeto_de_lei_complementar_10.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/27/protocolo_599.2023_projeto_de_resolucao_001.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/344/protocolo_1327.2023_projeto_de_resolucao_02.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/78/protocolo_715.2023_projeto_de_lei____.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/91/protocolo_860.2023_projeto_de_emenda_a_lei_organica__02_.2023_oficio_34.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/5/protocolo_511.2023._requerimento_parlamentar_202.2023._ver._francisco_queiroga.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/6/protocolo_510.2023._requerimento_parlamentar_203.2023._ver._francisco_queiroga.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/4/protocolo_540.2023._requerimento_parlamentar_221.2023._ver._francisco_queiroga.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/7/protocolo_580.2023._requerimento_parlamentar_226.2023_._ver._kinho_de_lerolandia.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/8/protocolo_581.2023._requerimento_parlamentar_227.2023_._ver._kinho_de_lerolandia.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/65/protocolo_575.2023_requerimento_parlamentar_228.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/66/protocolo_574.2023_requerimento_parlamentar_229.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/9/protocolo_569.2023._requerimento_parlamentar_231.2023_._ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/10/protocolo_568.2023_requerimento_parlamentar_232.2023._ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/11/protocolo_567.2023._requerimento_parlamentar_233.2023._ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/30/protocolo_566.2023_requerimento_parlamentar_234.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/29/protocolo_565.2023_requerimento_parlamentar_235.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/28/protocolo_564.2023_requerimento_parlamentar_236.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/12/protocolo_609.2023._requerimento_parlamentar_245.2023_._ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/38/protocolo_615.2023_requerimento_parlamentar_248.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/63/protocolo_614.2023_requerimento_parlamentar_249.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/69/protocolo_613.2023_requerimento_parlamentar_250.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/13/protocolo_667.2023._requerimento_parlamentar_251.2023_._ver._paulo_fernandes.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/14/protocolo_643.2023._requerimento_parlamentar_252.2023_._ver.naedson_graciano.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/15/protocolo_642.2023._requerimento_parlamentar_253.2023_._ver._naedson_graciano.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/16/protocolo_641.2023_requerimento_parlamentar_254.2023_ver._naedson_graciano.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/70/protocolo_640.2023_requerimento_parlamentar_255.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/17/protocolo_687.2023._requerimento_parlamentar_256.2023_._ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/18/protocolo_686.2023._requerimento_parlamentar_257.2023_._ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/19/protocolo_685.2023._requerimento_parlamentar_258.2023_._ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/62/protocolo_639.2023_requerimento_parlamentar_259.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/61/protocolo_638.2023_requerimento_parlamentar_260.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/26/protocolo_637.2023_requerimento_parlamentar_261.2023_ver._naedson_graciano.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/33/protocolo_704.2023_requerimento_parlamentar_262.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/32/protocolo_703.2023_requerimento_parlamentar_263.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/34/protocolo_740.2023_requerimento_parlamentar_266.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/35/protocolo_741.2023_requerimento_parlamentar_267.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/20/protocolo_710.2023_requerimento_parlamentar_269.2023_ver._paulo_fernandes.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/36/protocolo_742.2023_requerimento_parlamentar_265.2023_ver._paulo_fernandes.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/49/protocolo_712.2023_requerimento_parlamentar_272.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/50/protocolo_713.2023_requerimento_parlamentar_273.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/51/protocolo_746.2023_requerimento_parlamentar_274.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/52/protocolo_747.2023_requerimento_parlamentar_275.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/53/protocolo_748.2023_requerimento_parlamentar_276.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/54/protocolo_749.2023_requerimento_parlamentar_277.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/55/protocolo_750.2023_requerimento_parlamentar_278.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/56/protocolo_751.2023_requerimento_parlamentar_279.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/57/protocolo_762.2023_requerimento_parlamentar_280.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/64/protocolo_615.2023_requerimento_parlamentar_248.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/67/protocolo_697.2023_requerimento_parlamentar_267.2023_ver._kinho_de_lerolandia.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/68/protocolo_539.2023_requerimento_parlamentar_222.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/82/protocolo_786.2023_requerimento_parlamentar__281_.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/86/protocolo_816.2023_requerimento_parlamentar_282.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/87/protocolo_815.2023_requerimento_parlamentar_283.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/88/protocolo_792.2023_requerimento_parlamentar_287.2023_ver._cassio.celio.naedson.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/89/protocolo_835.2023_requerimento_parlamentar_288.2023_ver._paulo_fernandes.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/92/protocolo_855.2023_requerimento_legislativo_289.2023_ver._kinho_de_lerolandia.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/93/protocolo_859.2023_requerimento_parlamentar_290.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/115/protocolo_881.2023_requerimento_parlamentar___291.2023_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/116/protocolo_886.2023_requerimento_parlamentar_292.2023_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/117/protocolo_887.2023_requerimento_parlamentar_293.2023_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/118/protocolo_917.2023_requerimento_parlamentar_294.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/119/protocolo_919.2023_requerimento_parlamentar_295.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/120/protocolo_921.2023_requerimento_parlamentar_296.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/121/protocolo_922.2023_requerimento_parlamentar_297.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/122/protocolo_923.2023_requerimento_parlamentar_298.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/123/protocolo_924.2023_requerimento_parlamentar_299.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/124/protocolo_925.2023_requerimento_parlamentar_300.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/125/protocolo_901.2023_requerimento_parlamentar_301.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/126/protocolo_904.2023_requerimento_parlamentar_302.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/127/protocolo_903.2023_requerimento_parlamentar_303.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/128/protocolo_911.2023_requerimento_parlamentar_304.2023_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/129/protocolo_933.2023_requerimento_parlamentar_305.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/130/protocolo_935.2023_requerimento_parlamentar_306.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/131/protocolo_936.2023_requerimento_parlamentar_307.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/132/protocolo_937.2023_requerimento_parlamentar_308.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/133/protocolo_938.2023_requerimento_parlamentar_309.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/134/protocolo_939.2023_requerimento_parlamentar_310.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/135/protocolo_940.2023_requerimento_parlamentar_311.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/136/protocolo_941.2023_requerimento_parlamentar_312.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/137/protocolo_942.2023_requerimento_parlamentar_313.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/138/protocolo_943.2023_requerimento_parlamentar_314.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/139/protocolo_944.2023_requerimento_parlamentar_315.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/140/protocolo_945.2023_requerimento_parlamentar_316.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/141/protocolo_946.2023_requerimento_parlamentar_317.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/142/protocolo_947.2023_requerimento_parlamentar_318.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/143/protocolo_948.2023_requerimento_parlamentar_319.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/144/protocolo_949.2023_requerimento_parlamentar_320.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/145/protocolo_950.2023_requerimento_parlamentar_321.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/146/protocolo_951.2023_requerimento_parlamentar_322.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/147/protocolo_952.2023_requerimento_parlamentar_323.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/148/protocolo_953.2023_requerimento_parlamentar_324.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/149/protocolo_954.2023_requerimento_parlamentar_325.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/150/protocolo_955.2023_requerimento_parlamentar_326.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/151/protocolo_956.2023_requerimento_parlamentar_327.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/152/protocolo_957.2023_requerimento_parlamentar_328.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/154/protocolo_958.2023_requerimento_parlamentar_329.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/155/protocolo_959.2023_requerimento_parlamentar_330.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/156/protocolo_960.2023_requerimento_parlamentar_331.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/157/protocolo_961.2023_requerimento_parlamentar_332.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/158/protocolo_962.2023_requerimento_parlamentar_333.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/159/protocolo_963.2023_requerimento_parlamentar_334.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/160/protocolo_964.2023_requerimento_parlamentar_335.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/161/protocolo_965.2023_requerimento_parlamentar_336.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/162/protocolo_966.2023_requerimento_parlamentar_337.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/163/protocolo_967.2023_requerimento_parlamentar_338.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/164/protocolo_1003.2023_requerimento_parlamentar_339.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/165/protocolo_1004.2023_requerimento_parlamentar_340.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/166/protocolo_1006.2023_requerimento_parlamentar_341.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/167/protocolo_1009.2023_requerimento_parlamentar_342.2023_ver._alysson_gomes_e_anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/168/protocolo_1021.2023_requerimento_parlamentar_343.2023_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/169/protocolo_1023.2023_requerimento_parlamentar_344.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/170/protocolo_1024.2023_requerimento_parlamentar_345.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/171/protocolo_1025.2023_requerimento_parlamentar_346.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/172/protocolo_1030.2023_requerimento_parlamentar_347.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/173/protocolo_1031.2023_requerimento_parlamentar_348.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/174/protocolo_1032.2023_requerimento_parlamentar_349.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/175/protocolo_1044.2023_requerimento_parlamentar_350.2023_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/176/protocolo_1045.2023_requerimento_parlamentar_351.2023_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/177/protocolo_1055.2023_requerimento_parlamentar_352.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/178/protocolo_1059.2023_requerimento_parlamentar_353.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/179/protocolo_1060.2023_requerimento_parlamentar_354.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/180/protocolo_1070.2023_requerimento_parlamentar_355.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/181/protocolo_1071.2023_requerimento_parlamentar_356.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/182/protocolo_1072.2023_requerimento_parlamentar_357.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/183/protocolo_1075.2023_requerimento_parlamentar_358.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/234/protocolo_1116.2023_requerimento_parlamentar_359.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/235/protocolo_1117.2023_requerimento_parlamentar_360.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/229/protocolo_1118.2023_requerimento_parlamentar_361.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/233/protocolo_1123.2023_requerimento_parlamentar_362.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/232/protocolo_1124.2023_requerimento_parlamemntar_363.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/231/protocolo_1125.2023_requerimento_parlamentar_364.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/230/protocolo_1126.2023_requerimento_parlamentar_365.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/228/protocolo_1127.2023_requerimento_parlamentar_366.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/227/protocolo_1128.2023_requerimento_parlamentar_367.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/299/protocolo_1132.2023_requerimento_parlamentar_370.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/427/protocolo_1133.2023_requeriemento_parlamentar_371.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/309/protocolo_1134.2023_requerimento_parlamentar_372.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/236/protocolo_1164.2023_requerimento_parlamentar_379.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/246/protocolo_1165.2023_requerimento_parlamentar_381.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/411/protocolo_1156.2023_requerimento_administrativo_382.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/274/protocolo_1155.2023_requerimento_parlamentar_383.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/240/protocolo_1157.2023_requerimento_parlamentar_384.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/248/protocolo_1162.2023_requerimento_parlamentar_388.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/242/protocolo_1161.2023_requerimento_parlamentar_389.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/241/protocolo_1185.2023_requerimento_parlamentar_391.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/243/protocolo_1190.2023_requerimento_parlamentar_394.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/302/protocolo_1192.2023_requerimento_parlamentar_395.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/294/protocolo_1193.2023_requerimento_parlamentar_396.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/245/protocolo_1195.2023_requerimento_parlamentar_398.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/345/protocolo_1196.2023_requerimento_parlamentar_399.2023_ver._jackson_alvino_e_bruno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/428/protocolo_1197.2023_requerimento_parlamentar_400.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/247/protocolo_1199.2023_requerimento_parlamentar_402.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/244/protocolo_1200.2023_requerimento_parlamentar_403.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/239/protocolo_1201.2023_requerimento_parlamentar_404.2023_ver._marinaldo.pdf.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/238/protocolo_1202.2023_requerimento_parlamentar_405.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/237/protocolo_1203.2023_requerimento_parlamentar_406.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/275/protocolo_1205.2023_requerimento_parlamentar_408.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/279/protocolo_1220.2023_requerimento_parlamentar_412.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/301/protocolo_1226.2023_requerimento_parlamentar_416.2023_ver._pastor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/267/protocolo_1244.2023_requerimento_parlamentar_422.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/268/protocolo_1245.2023_requerimento_parlamentar_423.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/269/protocolo_1246.2023_requerimento_parlamentar_424.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/270/protocolo_1247.2023_requerimento_parlamentar_425.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/300/protocolo_1253.2023_requerimento_parlamentar_429.2023_ver._bruno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/271/protocolo_1258.2023_requerimento_parlamentar_430.2023_ver._cicero_medeiros_e_brunno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/272/protocolo_1259.2023_requerimento_parlamentar_431.2023_ver._cicero_medeiros_e_brunno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/273/protocolo_1261.2023_requerimento_parlamentar_432.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/280/protocolo_1265.2023_requerimento_parlamentar_433.2023_ver._bruno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/281/protocolo_1266.2023_requerimento_parlamentar_434.2023_ver._brunno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/282/protocolo_1267.2023_requerimento_parlamentar_435.2023_ver._brunno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/283/protocolo_1271.2023_requerimento_parlamentar_436.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/303/protocolo_1272.2023_requerimento_parlamentar_437.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/304/protocolo_1273.2023_requerimento_parlamentar_438.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/305/protocolo_1274.2023_requerimento_parlamentar_439.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/284/protocolo_1275.2023_requerimento_parlamentar_440.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/289/protocolo_1279.2023_requerimento_parlamentar_441.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/286/protocolo_1281.2023_requerimento_parlamentar_443.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/287/protocolo_1282.2023_requerimento_parlamentar_444.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/306/protocolo_1283.2023_requerimento_parlamentar_445.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/288/protocolo_1284.2023_requerimento_parlamentar_446.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/285/protocolo_1290.2023_requerimento_parlamentar_447.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/307/protocolo_1291.2023_requerimento_parlamentar_448.2023_ver._paulinho_fernandes.jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/308/protocolo_1292.2023_requerimento_parlamentar_449.2023_ver._paulinho_fernandes.jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/295/protocolo_1293.2023_requerimento_parlamentar_450.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/296/protocolo_1294.2023_requerimento_parlamentar_451.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/297/protocolo_1295.2023_requerimento_parlamentar_452.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/278/protocolo_1289.2023_requerimento_parlamentar_453.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/290/protocolo_1313.2023_requerimento_parlamentar_454.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/291/protocolo_1316.2023_requerimento_parlamentar_455.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/292/protocolo_1317.2023_requerimento_parlamentar_456.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/293/protocolo_1318.2023_requerimento_parlamentar_457.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/312/protocolo_1329.2023_requerimento_parlamentar_458.2023_ver._boquinha.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/317/protocolo_1331.2023_requerimento_parlamentar_459.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/318/protocolo_1333.2023_requerimento_parlamentar_460.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/402/protocolo_1335.2023_requerimento_parlamentar_462.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/403/protocolo_1336.2023_requerimento_parlamentar_463.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/404/protocolo_1337.2023_requerimento_parlamentar_464.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/423/protocolo_1338.2023_requerimento_parlamentar_465.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/314/protocolo_1340.2023_requerimento_parlamentar_466.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/315/protocolo_1341.2023_requerimento_parlamentar_467.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/316/protocolo_1342.2023_requerimento_parlamentar_468.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/340/protocolo_1345.2023_requerimento_parlamentar_469.2023_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/341/protocolo_1346.2023_requerimento_parlamentar_470.2023_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/334/protocolo_1347.2023_requerimento_parlamentar_471.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/333/protocolo_1348.2023_requerimento_parlamentar_472.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/463/protocolo_1351.2023_requerimento_parlamentar_474.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/516/protocolo_1352.2023_requerimento_parlamentar_475.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/371/protocolo_1354.2023_requerimento_parlamentar_477.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/327/protocolo_1355.2023_requerimento_parlamentar_478.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/328/protocolo_1356.2023_requerimento_parlamentar_479.2023_ver._naedosn.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/335/protocolo_1357.2023_requerimento_parlamentar_480.2023_ver._naedosn.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/326/protocolo_1360.2023_requerimento_parlamentar_481.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/322/protocolo_1362.2023_requerimento_parlamentar_482.2023_ver._josivaldo.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/323/protocolo_1363.2023_requerimento_parlamentar_483.2023_ver._josivaldo.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/324/protocolo_1364.2023_requerimento_parlamentar_484.2023_ver._josivaldo.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/339/protocolo_1365.2023_requerimento_parlamentar_485.2023_ver._paulo_fernandes.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/338/protocolo_1366.2023_requerimento_parlamentar_486.2023_ver._paulo_fernandes.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/330/protocolo_1367.2023_requerimento_parlamentar_487.2023_ver._paulo_fernandes.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/336/protocolo_1369.2023_requeriemento_parlamentar_488.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/321/protocolo_1372.2023_requerimento_parlamentar_490.2023_ver._bruno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/320/protocolo_1373.2023_requerimento_parlamentar_491.2023_ver._bruno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/319/protocolo_1374.2023_requerimento_parlamentar_492.2023_ver._bruno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/329/protocolo_1375.2023_requerimento_parlamentar_493.2023_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/342/protocolo_1380.2023_requerimento_parlamentar_495.2023_ver._nininho_do_bode_e_farias.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/331/protocolo_1381.2023_requerimento_parlamentar_496.2023_ver._nininho_do_bode_e_farias.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/332/protocolo_1382.2023_requerimento_parlamentar_497.2023_ver._boquinha.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/364/protocolo_1385.2023_requermento_parlamentar_498.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/359/protocolo_1393.2023_requerimento_parlamentar_499.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/351/protocolo_1401.2023_requerimento_parlamentar_500.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/353/protocolo_1402.2023_requerimento_parlamentar_501.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/354/protocolo_1403.2023_requerimento_parlamentar_502.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/360/protocolo_1405.2023_requerimento_parlamentar_503.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/361/protocolo_1406.2023_requerimento_parlamentar_504.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/365/protocolo_1425.2023_requerimento_parlamentar_505.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/366/protocolo_1426.2023_requerimento_parlamentar_506.2023_ver._alysson.sebastiao.naedson.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/367/protocolo_1427.2023_requerimento_parlamentar_507.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/373/protocolo_1433.2023_requerimento_parlamentar_508.2023_ver._paulo_fernandes.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/421/protocolo_1437.2023_requerimento_parlamentar_510.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/422/protocolo_1438.2023_requerimento_parlamentar_511.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/391/protocolo_1442.2023_requerimento_parlamentar_512.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/392/protocolo_1443.2023_requerimento_parlamentar_513.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/393/protocolo_1444.2023_requerimento_parlamentar_514.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/388/protocolo_1445.2023_requerimento_parlamentar_515.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/386/protocolo_1450.2023_requerimento_parlamentar_516.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/387/protocolo_1451.2023_requerimento_parlamentar_517.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/466/protocolo_1452.2023_requerimento_parlamentar_518.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/408/protocolo_1454.2023_requerimento_parlamentar_519.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/409/protocolo_1455.2023_requerimento_parlamentar_520.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/424/protocolo_1456.2023_requerimento_parlamentar_521.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/425/protocolo_1457.2023_requerimento_parlamentar_522.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/426/protocolo_1458.2023_requerimento_parlamentar_523.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/452/protocolo_1459.2023_requerimento_parlamentar_524.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/389/protocolo_1463.2023_requerimento_parlamentar_525.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/390/protocolo_1465.2023_requerimento_parlamentar_526.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/394/protocolo_1467.2023_requerimento_parlamentar_527.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/395/protocolo_1471.2023_requerimento_parlamentar_528.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/397/protocolo_1473.2023_requerimento_parlamentar_529.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/405/protocolo_1479.2023_requerimento_parlamentar_530.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/410/protocolo_1480.2023_requerimento_parlamentar_531.2023_ver._naedson.celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/412/protocolo_1492.2023_requerimento_parlamentar_532.2023_ver._marianldo.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/413/protocolo_1504.2023_requerimento_parlamentar_534.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/414/protocolo_1505.2023_requerimento_parlamentar_535.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/416/protocolo_1521.2023_requerimento_parlamentar_536.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/417/protocolo_1522.2023_requerimento_parlamentar_537.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/418/protocolo_1523.2023_requerimento_parlamentar_538.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/419/protocolo_1525.2023_requerimento_parlamentar_539.2023_ver._boquinha.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/431/protocolo_1533.2023_requerimento_parlamentar_540.2023_ver._ivonete.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/430/protocolo_1540.2023_requerimento_parlamentar_541.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/453/protocolo_1548.2023_requerimento_parlamentar_542.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/454/protocolo_1549.2023_requerimento_parlamentar_543.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/467/protocolo_1550.2023_requerimento_parlamentar_544.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/432/protocolo_1563.2023_requerimento_parlamentar_545.2023_ver._bruno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/440/protocolo_1579.2023_requerimento_parlamentar_546.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/441/protocolo_1580.2023_requerimento_parlamentar_547.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/442/protocolo_1581.2023_requerimento_parlamentar_548.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/443/protocolo_1582.2023_requerimento_parlamentar_549.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/444/protocolo_1583.2023_requerimento_parlamentar_550.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/445/protocolo_1584.2023_requerimento_parlamentar_551.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/446/protocolo_1586.2023_requerimento_parlamentar_552.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/447/protocolo_1587.2023_requerimento_parlamentar_553.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/456/protocolo_1594.2023_requerimento_parlamentar_554.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/458/protocolo_1595.2023_requerimento_administrativo_555.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/457/protocolo_1596.2023_requerimento_administrativo_556.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/465/protocolo_1610.2023_requerimento_parlamentar_557.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/464/protocolo_1613.2023_requerimento_parlamentar_558.2023_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/468/protocolo_1626.2023_requerimento_parlamentar_560.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/517/protocolo_1627.2023_requerimento_parlamentar_561.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/470/protocolo_1631.2023_requerimento_parlamentar_562.2023_ver._paulo_fernandes.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/469/protocolo_1632.2023_requerimento_parlamentar_563.2023_ver._paulo_fernandes.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/461/protocolo_1635.2023_requerimento_parlamentar_564.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/462/protocolo_1637.2023_requerimento_parlamentar_565.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/460/protocolo_1639.2023_requerimento_parlamentar_566.2023_ver._bruno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/459/protocolo_1640.2023_requerimento_parlamentar_567.2023_ver._bruno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/487/protocolo_1650.2023_requerimento_parlamentar_568.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/486/protocolo_1657.2023_requerimento_parlamentar_569.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/488/protocolo_1659.2023_requerimento_parlamentar_570.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/491/protocolo_1660.2023_requerimento_parlamentar_571.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/490/protocolo_1662.2023_requerimento_parlamentar_572.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/489/protocolo_1663.2023_requerimento_parlamentar_573.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/499/protocolo_1665.2023_requerimento_parlamentar_574.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/500/protocolo_1666.2023_requerimento_parlamentar_575.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/496/protocolo_1684.2023_requerimento_parlamentar_576.2023_ver._pastor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/497/protocolo_1685.2023_requerimento_parlamentar_577.2023_ver._pastor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/498/protocolo_1686.2023_requerimento_parlamentar_578.2023_ver._pastor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/504/protocolo_1712.2023_requerimento_parlamentar_579.2023_ver._jackson_alvino_e_marinaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/503/protocolo_1716.2023_requerimento_parlamentar_580.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/502/protocolo_1719.2023_requerimento_parlamentar_581.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/501/protocolo_1722.2023_requrimento_parlamentar_582.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/507/protocolo_1727.2023_requerimento_parlamentar_583.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/518/protocolo_1736.2023_requerimento_parlamentar_584.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/515/protocolo_1738.2023_requerimento_parlamentar_585.2023_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/512/protocolo_1749.2023_requerimento_parlamentar_586.2023_ver._pastor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/513/protocolo_1750.2023_requerimento_parlamentar_587.2023_ver._pastor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/514/protocolo_1751.2023_requerimento_parlamentar_588.2023_ver._pastor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/558/protocolo_1752.2023_requerimento_parlamentar_589.2023_ver._pastor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/557/protocolo_1753.2023_requerimento_parlamentar_590.2023_ver._pastor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/549/protocolo_1771.2023_requerimento_parlamentar_591.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/548/protocolo_1772.2023_requerimento_parlamentar_592.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/547/protocolo_1773.2023_requerimento_parlamentar_593.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/546/protocolo_1774.2023_requerimento_parlamentar_594.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/545/protocolo_1775.2023_requerimento_parlamentar_595.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/544/protocolo_1776.2023_requerimento_parlamentar_596.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/543/protocolo_1777.2023_requerimento_parlamentar_597.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/542/protocolo_1778.2023_requerimento_parlamentar_598.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/541/protocolo_1779.2023_requerimento_parlamentar_599.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/539/protocolo_1780.2023_requerimento_parlamentar_600.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/540/protocolo_1781.2023_requerimento_parlamentar_601.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/552/protocolo_1801.2023_requerimento_parlamentar_602.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/553/protocolo_1808.2023_requerimento_parlamentar_603.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/554/protocolo_1825.2023_requerimento_parlamentar_604.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/556/protocolo_1858.2023_requerimento_parlamentar_605.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/560/protocolo_1862.2023_requerimento_parlamentar_606.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/561/protocolo_1863.2023_requerimento_parlamentar_607.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/562/protocolo_1870.2023_requerimento_parlamentar_608.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/563/protocolo_1871.2023_requerimento_parlamentar_609.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/564/protocolo_1872.2023_requerimento_parlamentar_610.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/565/protocolo_1892.2023_requerimento_parlamentar_611.2023_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/566/protocolo_1894.2023_requerimento_parlamentar_612.2023_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/567/protocolo_1895.2023_requerimento_parlamentar_613.2023_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/568/protocolo_1900.2023_requerimento_parlamentar_615.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/569/protocolo_1900.2023_requerimento_parlamentar_615.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/570/protocolo_1901.2023_requerimento_parlamentar_616.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/571/protocolo_1902.2023_requerimento_parlamentar_617.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/572/protocolo_1906.2023_requerimento_parlamentar_618.2023_ver._anesio_miranda_1.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/573/protocolo_1907.2023_requerimento_parlamentar_619.2023_ver._anesio_miranda.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/188/protocolo_170.2023_projeto_de_decreto_legislativo_001.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/203/protocolo_513.2023_projeto_de_decreto_legislativo_002.2023_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/108/protocolo_882.2023_projeto_de_decreto_legislativo_03.2023_ver._cassio.celio.naedson.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/252/protocolo_1147.2023_projeto_de_decreto_de_lei_04.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/379/protocolo_1390.2023_projeto_de_decreto_legislativo_05.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/382/protocolo_1391.2023_projeto_de_decreto_legislativo_06.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/380/protocolo_1413.2023_projeto_de_decreto_legislativo_07.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/381/protocolo_1414.2023_projeto_de_decreto_legislativo_08.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/385/protocolo_1424.2023_projeto_de_decreto_lei_legislativo_09.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/384/protocolo_1431.2023_projeto_de_decreto_legislativo_10.2023_ver._sebastiao_de_sindicato.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/383/protocolo_1432.2023_projeto_de_decreto_legislativo_11.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/398/protocolo_1446.2023_projeto_de_decreto_legislativo_12.2023_ver._paulo_fernandes.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/406/protocolo_1475.2023_projeto_de_decreto_legislativo_13.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/407/protocolo_1476.2023_projeto_de_decreto_legislativo_14.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/415/protocolo_1506.2023_projeto_de_decreto_legislativo_16.2023_ver._bruno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/420/protocolo_1503.2023_projeto_de_decreto_legislativo_17.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/438/protocolo_1531.2023_projeto_de_decreto_legislativo_18.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/437/protocolo_1532.2023_projeto_de_decreto_legislativo_19.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/433/protocolo_1562.2023_projeto_de_decreto_legislativo_20.2023_ver._paulinho_fernandes_e_jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/448/protocolo_1575.2023_projeto_de_decreto_legislativo_21.2023_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/492/protocolo_1649.2023_projeto_de_decreto_legislativo_22.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/627/protocolo_1914.2023_projeto_de_decreto_legislativo_23.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/225/protocolo_13.2023_projeto_de_lei_ordinaria_001.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/226/protocolo_12.2023_projeto_de_lei_ordinaria_002.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/257/protocolo_1280.2023_projeto_de_lei_ordinaria_003.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/184/protocolo_104.2023_projeto_de_lei_ordinario_004.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/185/protocolo_123.2023_projeto_de_lei_ordinaria_005.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/186/protocolo_130.2023_projeto_de_lei_ordinaria_006.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/187/protocolo_152.2023_projeto_de_lei_ordinaria_007.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/256/protocolo_166.2023_projeto_de_lei_ordinaria_008.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/255/protocolo_181.2023_projeto_de_lei_ordiaria_009.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/189/protocolo_218.2023_projeto_de_lei_ordinaria_011.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/200/protocolo_265.2023_projeto_de_lei_ordinaria_012.2023_ver._alysson_gomes_e_cassio.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/199/protocolo_264.2023_projeto_de_lei_ordinaria_013.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/198/protocolo_263.2023_projeto_de_lei_ordinaria_014.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/197/protocolo_262.2023_projeto_de_lei_ordinaria_015.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/196/protocolo_261.2023_projeto_de_lei_ordinaria_016.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/195/protocolo_260.2023_projeto_de_lei_ordinaria_017.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/194/protocolo_259.2023_projeto_de_lei_ordinaria_018.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/193/protocolo_258.2023_projeto_de_lei_ordinaria_019.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/192/protocolo_257.2023_projeto_de_lei_ordinaria_020.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/191/protocolo_256.2023_projeto_de_lei_ordinaria_021.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/190/protocolo_252.2023_projeto_de_lei_ordinaria_022.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/201/protocolo_268.2023_projeto_de_lei_023.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/254/protocolo_277.2023_projeto_de_lei__024.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/368/protocolo_287.2023_projeto_de_lei_ordinaria_25.2023_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/202/protocolo_298.2023_projeto_de_lei_ordinaria_026.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/370/protocolo_329.2023_projeto_de_lei_ordinaria_27.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/259/protocolo_353.2023_projeto_de_lei_28.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/205/protocolo_377.2023_projeto_de_lei_ordinaria_029.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/204/protocolo_373.2023_projeto_de_lei_ordinaria_030.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/206/protocolo_383.2023_projeto_de_lei_ordinaria_031.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/207/protocolo_384.2023_projeto_de_lei_ordinaria_032.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/211/protocolo_388.2023_projeto_de_lei_ordinaria_033.2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/208/protocolo_385.2023_projeto_de_lei_ordinaria_034.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/209/protocolo_386.2023_projeto_de_lei_ordinaria_035.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/210/protocolo_387.2023_projeto_de_lei_ordinaria_036.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/369/protocolo_400.2023_projeto_de_lei_ordinaria_37.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/212/protocolo_401.2023_projeto_de_lei_ordinaria_039.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/214/protocolo_425.2023_projeto_de_lei_ordinaria_040.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/215/protocolo_448.2023_projeto_de_lei_041.2023_ver._queiroga_e_alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/216/protocolo_464.2023_projeto_de_lei_042.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/262/protocolo_462.2023_projeto_de_lei___.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/258/protocolo_481.2023_projeto_de_lei_044.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/217/protocolo_527.2023_projeto_de_lei_ordinaria_045.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/349/protocolo_541.2023_projeto_de_lei_ordinaria_46.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/213/protocolo_555.2023_projeto_de_ordinaria_048.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/218/protocolo_558.2023_projeto_de_lei_049.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/219/protocolo_559.2023_projeto_de_lei_ordinaria_050.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/220/protocolo_560.2023_projeto_de_lei_ordinaria_051.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/223/protocolo_579.2023_projeto_de_lei_ordinaria_052.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/222/protocolo_578.2023_projeto_de_lei_ordinaria_053.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/224/protocolo_583.2023_projeto_de_lei_ordinaria_054.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/221/protocolo_577.2023_projeto_de_lei_ordinaria_055.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/2/projeto_de_remanejamento_corrigidadocx.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/261/protocolo_646.2023_projeto_de_lei__57.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/74/protocolo_616.2023_projeto_de_lei_058.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/39/protocolo_606.2023_projeto_de_lei_059.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/47/protocolo_670.2023_projeto_de_lei_ordinaria_060.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/73/protocolo_576.2023_projeto_de_lei_ordinaria_061.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/72/protocolo_617.2023_projeto_de_lei_ordinaria_062.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/71/protocolo_618.2023_projeto_de_lei_ordinaria_063.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/40/protocolo_619.2023_projeto_de_lei_ordinaria_064.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/75/protocolo_603.2023_projeto_de_lei_ordinaria_065.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/41/protocolo_728.2023_projeto_de_lei_ordinaria_66.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/42/protocolo_729.2023_projeto_de_lei_ordinaria_67.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/43/protocolo_730.2023_projeto_de_lei_68.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/44/protocolo_731.2023_projeto_de_lei_69.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/45/protocolo_732.2023_projeto_de_lei_70.2023_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/260/protocolo_757.2023_projeto_de_lei_71.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/58/protocolo_755.2023_projeto_de_lei_72.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/59/protocolo_764.2023_projeto_de_lei_073.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/76/protocolo_756.2023_projeto_de_lei____.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/77/protocolo_714.2023_projeto_de_lei___.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/80/protocolo_771.2023_projeto_de_lei_76.2023_ver._jackson_alvino.pdf.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/79/protocolo_774.2023_projeto_de_lei_77.2023_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/81/protocolo_773.2023_projeto_de_lei_78.2023_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/83/protocolo_787.2023_projeto_de_lei_ordinaria_79.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/84/protocolo_788.2023_projeto_de_lei_ordinaria_80.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/85/protocolo_814.2023_projeto_de_lei_ordinario_81.2023_ver._alysson_gomes_e_paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/94/protocolo_869.2023_projeto_de_lei_82.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/95/protocolo_878.2023_projeto_de_lei_83.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/96/protocolo_896.2023_projeto_de_lei_ordinaria_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/98/protocolo_880.2023_projeto_de_lei_85.2023_ver._paulo_fernandes.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/99/protocolo_913.2023_projeto_de_lei_86.2023_oficio_41_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/100/protocolo_931.2023_projeto_de_lei_87.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/101/protocolo_930.2023_projeto_de_lei_88.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/102/protocolo_920.2023_projeto_de_lei_ordinaria_89.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/103/protocolo_902.2023_projeto_de_lei_90.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/104/protocolo_891.2023_a_projeto_de_lei_ordinaria_91.2023_ver._nininho_do_bode_e_alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/105/protocolo_1038.2023_projeto_de_lei_ordinaria_92.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/106/protocolo_1037.2023_projeto_de_lei_ordinaria_93.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/107/protocolo_1043.2023_projeto_de_lei_ordinaria_94.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/109/protocolo_1048.2023_projeto_de_lei_ordinaria_95.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/110/protocolo_1049.2023_projeto_de_lei_ordinaria_96.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/111/protocolo_1050.2023_projeto_de_lei_ordinaria_97.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/112/protocolo_1051.2023_projeto_de_lei_ordinaria_98.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/113/protocolo_1063.2023_projeto_de_lei_ordinaria_99.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/114/protocolo_1064.2023_projeto_de_lei_ordinaria_100.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/153/protocolo_1073.2023_projeto_de_lei_ordinaria_101.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/251/protocolo_1120.2023_projeto_de_lei_ordinaria_102.2023_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/348/protocolo_1138.2023_projeto_de_lei_ordinaria_103.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/249/protocolo_1140.2023_projeto_de_lei_ordinaria_104.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/250/protocolo_1141.2023_projeto_de_lei_ordinaria_105.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/485/protocolo_1177.2023_projeto_de_lei_ordinaria_106.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/484/protocolo_1179.2023_projeto_de_lei_ordinaria_107.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/483/protocolo_1180.2023_projeto_de_lei_ordinaria_108.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/482/protocolo_1178.2023_projeto_de_lei_ordinaria_109.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/263/protocolo_1207.2023_projeto_de_lei_ordinaria_110.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/264/protocolo_1208.2023_projeto_de_lei_111.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/265/protocolo_1210.2023_projeto_de_lei_112.2023_ver._palinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/266/protocolo_1211.2023_projeto_de_lei_113.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/355/protocolo_1230.2023_projeto_de_lei_ordinaria_114.2023_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/350/protocolo_1231.2023_projeto_de_lei_ordinaria_115.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/356/protocolo_1232.2023_projeto_de_lei_ordinaria_116.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/357/protocolo_1233.2023_projeto_de_lei_ordinaria_117.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/358/protocolo_1234.2023_projeto_de_lei_ordinaria_118.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/352/protocolo_1240.2023_projeto_de_lei_ordinaria_119.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/253/protocolo_1256.2023_projeto_de_lei_ordinaria_120.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/276/protocolo_1262.2023_projeto_de_lei_ordinaria_121.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/277/protocolo_1276.2023_projeto_de_lei_ordinaria_122.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/337/protocolo_1315.2023_projeto_de_lei_ordinaria_123.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/298/protocolo_1328.2023_projeto_de_lei_124.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/313/protocolo_1361.2023_projeto_de_lei_ordinaria_125.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/310/protocolo_1377.2023_projeto_de_lei_126.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/311/protocolo_1378.2023_projeto_de_lei_ordinaria_127.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/325/protocolo_1383.2023_projeto_de_lei_ordinaria_128.2023_ver._paulo_fernandes.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/347/protocolo_1392.2023_projeto_delei_129.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/346/protocolo_1386.2023_projeto_de_lei_ordinaria_130.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/377/protocolo_1409.2023_projeto_de_lei_ordinaria_131.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/376/protocolo_1421.2023_projeto_de_lei_ordinaria_132.2023_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/378/protocolo_1422.2023_projeto_de_lei_ordinaria_133.2023_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/375/protocolo_1423.2023_projeto_de_lei_ordinaria_134.2023_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/399/protocolo_1447.2023_projeto_de_lei_135.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/401/protocolo_1461.2023_projeto_de_lei_136.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/396/protocolo_1470.2023_projeto_de_lei_137.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/429/protocolo_1541.2023_projeto_de_lei_ordinaria_138.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/439/protocolo_1542.2023_projeto_de_lei_ordinaria_139.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/436/protocolo_1555.2023_projeto_de_lei_ordinaria_140.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/435/protocolo_1560.2023_projeto_de_lei_ordinaria_141.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/434/protocolo_1561.2023_projeto_de_lei_ordinaria_142.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/534/protocolo_1572.2023_projeto_de_lei_ordinaria_143.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/449/protocolo_1576.2023_projeto_de_lei_ordinaria_144.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/450/protocolo_1577.2023_projeto_de_lei_ordinaria_145.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/451/protocolo_1578.2023_projeto_de_lei_ordinaria_146.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/477/protocolo_1590.2023_projeto_de_lei_ordinaria_147.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/533/protocolo_1592.2023_projeto_de_lei_ordinaria_148.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/525/protocolo_1593.2023_projeto_de_lei_149.2023_loa_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/478/protocolo_1597.2023_projeto_de_lei_ordinaria_150.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/476/protocolo_1600.2023_projeto_de_lei_ordinaria_152.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/480/protocolo_1602.2023_projeto_de_lei_ordinaria_153.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/479/protocolo_1603.2023_projeto_de_lei_ordinaria_154.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/475/protocolo_1616.2023_projeto_de_lei_155.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/474/protocolo_1620.2023_projeto_de_lei_ordinaria_156.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/481/protocolo_1623.2023_projeto_de_lei_ordinaria_157.2023_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/472/protocolo_1628.2023_projeto_de_lei_ordinaria_158.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/471/protocolo_1629.2023_projeto_de_lei_ordinaria_159.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/494/protocolo_1647.2023_projeto_de_lei_ordinaria_160.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/493/protocolo_1648.2023_projeto_de_lei_ordinaria_161.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/495/protocolo_1651.2023_projeto_de_lei_ordinaria_162.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/532/protocolo_1668.2023_projeto_de_lei_163.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/531/protocolo_1669.2023_projeto_de_lei_164.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/530/protocolo_1670.2023_projeto_de_lei_165.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/529/protocolo_1671.2023_projeto_de_lei_166.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/528/protocolo_1672.2023_projeto_de_lei_167.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/578/protocolo_1760.2023_projeto_de_lei_ordinaria____.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/575/protocolo_1675.2023_projeto_de_lei_169.2023_poder_executivo_1.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/527/protocolo_1699.2023_projeto_de_lei_ordinaria_170.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/576/protocolo_1700.2023_projeto_de_lei_ordinaria_171.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/526/protocolo_1701.2023_projeto_de_lei_ordinaria_172.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/506/protocolo_1707.2023_projeto_de_lei_ordinaria_173.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/505/protocolo_1708.2023_projeto_de_lei_ordinaria_174.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/509/protocolo_1721.2023_projeto_de_lei_ordinaria_175.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/510/protocolo_1723.2023_projeto_de_lei_ordinaria_176.2023_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/508/protocolo_1726.2023_projeto_de_lei_ordinaria_177.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/511/protocolo_1725.2023_projeto_de_lei_ordinaria_178.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/520/protocolo_1729.2023_projeto_de_lei_ordinaria_179.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/521/protocolo_1730.2023_projeto_de_lei_ordinaria_180.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/522/protocolo_1731.2023_projeto_de_lei_ordinaria_181.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/523/protocolo_1732.2023_projeto_de_lei_ordinaria_182.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/524/protocolo_1733.2023_projeto_de_lei_ordinaria_183.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/519/protocolo_1735.2023_projeto_de_lei_ordinaria_184.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/555/protocolo_1763.2023_projeto_de_lei_ordinaria_185.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/550/protocolo_1789.2023_projeto_de_lei_ordinaria_188.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/551/protocolo_1807.2023_projeto_de_lei_ordinaria_189.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/577/protocolo_1818.2023_projeto_de_lei_ordinaria_190.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/628/protocolo_1913.2023_projeto_de_lei_191.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/629/protocolo_1970.2023_projeto_de_lei_ordinaria_192.2023_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/630/protocolo_1971.2023_projeto_de_lei_ordinaria_193.2023_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/595/protocolo_2010.2023_projeto_de_lei_194.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/97/protocolo_545.2023_projeto_de_lei_complementar_01.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/90/protocolo_850.2023_projeto_de_lei_complementar_02.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/374/protocolo_1379.2023_projeto_de_lei_complementar_03.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/537/protocolo_1673.2023_projeto_de_lei_complementar____.2023_poder_executivo_oficio_75.2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/535/protocolo_1698.2023_projeto_de_lei_complementar___.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/536/protocolo_1702.2023_projeto_de_lei_complementar___.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/538/protocolo_1710.2023_projeto_de_lei_complementar_07.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/677/protocolo_2014.2023_projeto_de_lei_complementar_08.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/678/protocolo_2015.2023_projeto_de_lei_complementar_09.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/679/protocolo_2011.2023_projeto_de_lei_complementar_10.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/27/protocolo_599.2023_projeto_de_resolucao_001.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/344/protocolo_1327.2023_projeto_de_resolucao_02.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/78/protocolo_715.2023_projeto_de_lei____.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/91/protocolo_860.2023_projeto_de_emenda_a_lei_organica__02_.2023_oficio_34.2023_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/5/protocolo_511.2023._requerimento_parlamentar_202.2023._ver._francisco_queiroga.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/6/protocolo_510.2023._requerimento_parlamentar_203.2023._ver._francisco_queiroga.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/4/protocolo_540.2023._requerimento_parlamentar_221.2023._ver._francisco_queiroga.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/7/protocolo_580.2023._requerimento_parlamentar_226.2023_._ver._kinho_de_lerolandia.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/8/protocolo_581.2023._requerimento_parlamentar_227.2023_._ver._kinho_de_lerolandia.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/65/protocolo_575.2023_requerimento_parlamentar_228.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/66/protocolo_574.2023_requerimento_parlamentar_229.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/9/protocolo_569.2023._requerimento_parlamentar_231.2023_._ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/10/protocolo_568.2023_requerimento_parlamentar_232.2023._ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/11/protocolo_567.2023._requerimento_parlamentar_233.2023._ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/30/protocolo_566.2023_requerimento_parlamentar_234.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/29/protocolo_565.2023_requerimento_parlamentar_235.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/28/protocolo_564.2023_requerimento_parlamentar_236.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/12/protocolo_609.2023._requerimento_parlamentar_245.2023_._ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/38/protocolo_615.2023_requerimento_parlamentar_248.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/63/protocolo_614.2023_requerimento_parlamentar_249.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/69/protocolo_613.2023_requerimento_parlamentar_250.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/13/protocolo_667.2023._requerimento_parlamentar_251.2023_._ver._paulo_fernandes.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/14/protocolo_643.2023._requerimento_parlamentar_252.2023_._ver.naedson_graciano.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/15/protocolo_642.2023._requerimento_parlamentar_253.2023_._ver._naedson_graciano.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/16/protocolo_641.2023_requerimento_parlamentar_254.2023_ver._naedson_graciano.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/70/protocolo_640.2023_requerimento_parlamentar_255.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/17/protocolo_687.2023._requerimento_parlamentar_256.2023_._ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/18/protocolo_686.2023._requerimento_parlamentar_257.2023_._ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/19/protocolo_685.2023._requerimento_parlamentar_258.2023_._ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/62/protocolo_639.2023_requerimento_parlamentar_259.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/61/protocolo_638.2023_requerimento_parlamentar_260.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/26/protocolo_637.2023_requerimento_parlamentar_261.2023_ver._naedson_graciano.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/33/protocolo_704.2023_requerimento_parlamentar_262.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/32/protocolo_703.2023_requerimento_parlamentar_263.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/34/protocolo_740.2023_requerimento_parlamentar_266.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/35/protocolo_741.2023_requerimento_parlamentar_267.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/20/protocolo_710.2023_requerimento_parlamentar_269.2023_ver._paulo_fernandes.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/36/protocolo_742.2023_requerimento_parlamentar_265.2023_ver._paulo_fernandes.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/49/protocolo_712.2023_requerimento_parlamentar_272.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/50/protocolo_713.2023_requerimento_parlamentar_273.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/51/protocolo_746.2023_requerimento_parlamentar_274.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/52/protocolo_747.2023_requerimento_parlamentar_275.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/53/protocolo_748.2023_requerimento_parlamentar_276.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/54/protocolo_749.2023_requerimento_parlamentar_277.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/55/protocolo_750.2023_requerimento_parlamentar_278.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/56/protocolo_751.2023_requerimento_parlamentar_279.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/57/protocolo_762.2023_requerimento_parlamentar_280.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/64/protocolo_615.2023_requerimento_parlamentar_248.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/67/protocolo_697.2023_requerimento_parlamentar_267.2023_ver._kinho_de_lerolandia.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/68/protocolo_539.2023_requerimento_parlamentar_222.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/82/protocolo_786.2023_requerimento_parlamentar__281_.2023_ver._tenente_jair.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/86/protocolo_816.2023_requerimento_parlamentar_282.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/87/protocolo_815.2023_requerimento_parlamentar_283.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/88/protocolo_792.2023_requerimento_parlamentar_287.2023_ver._cassio.celio.naedson.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/89/protocolo_835.2023_requerimento_parlamentar_288.2023_ver._paulo_fernandes.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/92/protocolo_855.2023_requerimento_legislativo_289.2023_ver._kinho_de_lerolandia.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/93/protocolo_859.2023_requerimento_parlamentar_290.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/115/protocolo_881.2023_requerimento_parlamentar___291.2023_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/116/protocolo_886.2023_requerimento_parlamentar_292.2023_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/117/protocolo_887.2023_requerimento_parlamentar_293.2023_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/118/protocolo_917.2023_requerimento_parlamentar_294.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/119/protocolo_919.2023_requerimento_parlamentar_295.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/120/protocolo_921.2023_requerimento_parlamentar_296.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/121/protocolo_922.2023_requerimento_parlamentar_297.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/122/protocolo_923.2023_requerimento_parlamentar_298.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/123/protocolo_924.2023_requerimento_parlamentar_299.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/124/protocolo_925.2023_requerimento_parlamentar_300.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/125/protocolo_901.2023_requerimento_parlamentar_301.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/126/protocolo_904.2023_requerimento_parlamentar_302.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/127/protocolo_903.2023_requerimento_parlamentar_303.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/128/protocolo_911.2023_requerimento_parlamentar_304.2023_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/129/protocolo_933.2023_requerimento_parlamentar_305.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/130/protocolo_935.2023_requerimento_parlamentar_306.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/131/protocolo_936.2023_requerimento_parlamentar_307.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/132/protocolo_937.2023_requerimento_parlamentar_308.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/133/protocolo_938.2023_requerimento_parlamentar_309.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/134/protocolo_939.2023_requerimento_parlamentar_310.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/135/protocolo_940.2023_requerimento_parlamentar_311.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/136/protocolo_941.2023_requerimento_parlamentar_312.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/137/protocolo_942.2023_requerimento_parlamentar_313.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/138/protocolo_943.2023_requerimento_parlamentar_314.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/139/protocolo_944.2023_requerimento_parlamentar_315.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/140/protocolo_945.2023_requerimento_parlamentar_316.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/141/protocolo_946.2023_requerimento_parlamentar_317.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/142/protocolo_947.2023_requerimento_parlamentar_318.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/143/protocolo_948.2023_requerimento_parlamentar_319.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/144/protocolo_949.2023_requerimento_parlamentar_320.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/145/protocolo_950.2023_requerimento_parlamentar_321.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/146/protocolo_951.2023_requerimento_parlamentar_322.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/147/protocolo_952.2023_requerimento_parlamentar_323.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/148/protocolo_953.2023_requerimento_parlamentar_324.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/149/protocolo_954.2023_requerimento_parlamentar_325.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/150/protocolo_955.2023_requerimento_parlamentar_326.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/151/protocolo_956.2023_requerimento_parlamentar_327.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/152/protocolo_957.2023_requerimento_parlamentar_328.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/154/protocolo_958.2023_requerimento_parlamentar_329.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/155/protocolo_959.2023_requerimento_parlamentar_330.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/156/protocolo_960.2023_requerimento_parlamentar_331.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/157/protocolo_961.2023_requerimento_parlamentar_332.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/158/protocolo_962.2023_requerimento_parlamentar_333.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/159/protocolo_963.2023_requerimento_parlamentar_334.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/160/protocolo_964.2023_requerimento_parlamentar_335.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/161/protocolo_965.2023_requerimento_parlamentar_336.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/162/protocolo_966.2023_requerimento_parlamentar_337.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/163/protocolo_967.2023_requerimento_parlamentar_338.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/164/protocolo_1003.2023_requerimento_parlamentar_339.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/165/protocolo_1004.2023_requerimento_parlamentar_340.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/166/protocolo_1006.2023_requerimento_parlamentar_341.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/167/protocolo_1009.2023_requerimento_parlamentar_342.2023_ver._alysson_gomes_e_anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/168/protocolo_1021.2023_requerimento_parlamentar_343.2023_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/169/protocolo_1023.2023_requerimento_parlamentar_344.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/170/protocolo_1024.2023_requerimento_parlamentar_345.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/171/protocolo_1025.2023_requerimento_parlamentar_346.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/172/protocolo_1030.2023_requerimento_parlamentar_347.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/173/protocolo_1031.2023_requerimento_parlamentar_348.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/174/protocolo_1032.2023_requerimento_parlamentar_349.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/175/protocolo_1044.2023_requerimento_parlamentar_350.2023_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/176/protocolo_1045.2023_requerimento_parlamentar_351.2023_ver._anesio_miranda.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/177/protocolo_1055.2023_requerimento_parlamentar_352.2023_ver._tiane_de_berg.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/178/protocolo_1059.2023_requerimento_parlamentar_353.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/179/protocolo_1060.2023_requerimento_parlamentar_354.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/180/protocolo_1070.2023_requerimento_parlamentar_355.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/181/protocolo_1071.2023_requerimento_parlamentar_356.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/182/protocolo_1072.2023_requerimento_parlamentar_357.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/183/protocolo_1075.2023_requerimento_parlamentar_358.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/234/protocolo_1116.2023_requerimento_parlamentar_359.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/235/protocolo_1117.2023_requerimento_parlamentar_360.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/229/protocolo_1118.2023_requerimento_parlamentar_361.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/233/protocolo_1123.2023_requerimento_parlamentar_362.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/232/protocolo_1124.2023_requerimento_parlamemntar_363.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/231/protocolo_1125.2023_requerimento_parlamentar_364.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/230/protocolo_1126.2023_requerimento_parlamentar_365.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/228/protocolo_1127.2023_requerimento_parlamentar_366.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/227/protocolo_1128.2023_requerimento_parlamentar_367.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/299/protocolo_1132.2023_requerimento_parlamentar_370.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/427/protocolo_1133.2023_requeriemento_parlamentar_371.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/309/protocolo_1134.2023_requerimento_parlamentar_372.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/236/protocolo_1164.2023_requerimento_parlamentar_379.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/246/protocolo_1165.2023_requerimento_parlamentar_381.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/411/protocolo_1156.2023_requerimento_administrativo_382.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/274/protocolo_1155.2023_requerimento_parlamentar_383.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/240/protocolo_1157.2023_requerimento_parlamentar_384.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/248/protocolo_1162.2023_requerimento_parlamentar_388.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/242/protocolo_1161.2023_requerimento_parlamentar_389.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/241/protocolo_1185.2023_requerimento_parlamentar_391.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/243/protocolo_1190.2023_requerimento_parlamentar_394.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/302/protocolo_1192.2023_requerimento_parlamentar_395.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/294/protocolo_1193.2023_requerimento_parlamentar_396.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/245/protocolo_1195.2023_requerimento_parlamentar_398.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/345/protocolo_1196.2023_requerimento_parlamentar_399.2023_ver._jackson_alvino_e_bruno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/428/protocolo_1197.2023_requerimento_parlamentar_400.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/247/protocolo_1199.2023_requerimento_parlamentar_402.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/244/protocolo_1200.2023_requerimento_parlamentar_403.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/239/protocolo_1201.2023_requerimento_parlamentar_404.2023_ver._marinaldo.pdf.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/238/protocolo_1202.2023_requerimento_parlamentar_405.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/237/protocolo_1203.2023_requerimento_parlamentar_406.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/275/protocolo_1205.2023_requerimento_parlamentar_408.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/279/protocolo_1220.2023_requerimento_parlamentar_412.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/301/protocolo_1226.2023_requerimento_parlamentar_416.2023_ver._pastor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/267/protocolo_1244.2023_requerimento_parlamentar_422.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/268/protocolo_1245.2023_requerimento_parlamentar_423.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/269/protocolo_1246.2023_requerimento_parlamentar_424.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/270/protocolo_1247.2023_requerimento_parlamentar_425.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/300/protocolo_1253.2023_requerimento_parlamentar_429.2023_ver._bruno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/271/protocolo_1258.2023_requerimento_parlamentar_430.2023_ver._cicero_medeiros_e_brunno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/272/protocolo_1259.2023_requerimento_parlamentar_431.2023_ver._cicero_medeiros_e_brunno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/273/protocolo_1261.2023_requerimento_parlamentar_432.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/280/protocolo_1265.2023_requerimento_parlamentar_433.2023_ver._bruno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/281/protocolo_1266.2023_requerimento_parlamentar_434.2023_ver._brunno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/282/protocolo_1267.2023_requerimento_parlamentar_435.2023_ver._brunno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/283/protocolo_1271.2023_requerimento_parlamentar_436.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/303/protocolo_1272.2023_requerimento_parlamentar_437.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/304/protocolo_1273.2023_requerimento_parlamentar_438.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/305/protocolo_1274.2023_requerimento_parlamentar_439.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/284/protocolo_1275.2023_requerimento_parlamentar_440.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/289/protocolo_1279.2023_requerimento_parlamentar_441.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/286/protocolo_1281.2023_requerimento_parlamentar_443.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/287/protocolo_1282.2023_requerimento_parlamentar_444.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/306/protocolo_1283.2023_requerimento_parlamentar_445.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/288/protocolo_1284.2023_requerimento_parlamentar_446.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/285/protocolo_1290.2023_requerimento_parlamentar_447.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/307/protocolo_1291.2023_requerimento_parlamentar_448.2023_ver._paulinho_fernandes.jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/308/protocolo_1292.2023_requerimento_parlamentar_449.2023_ver._paulinho_fernandes.jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/295/protocolo_1293.2023_requerimento_parlamentar_450.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/296/protocolo_1294.2023_requerimento_parlamentar_451.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/297/protocolo_1295.2023_requerimento_parlamentar_452.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/278/protocolo_1289.2023_requerimento_parlamentar_453.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/290/protocolo_1313.2023_requerimento_parlamentar_454.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/291/protocolo_1316.2023_requerimento_parlamentar_455.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/292/protocolo_1317.2023_requerimento_parlamentar_456.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/293/protocolo_1318.2023_requerimento_parlamentar_457.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/312/protocolo_1329.2023_requerimento_parlamentar_458.2023_ver._boquinha.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/317/protocolo_1331.2023_requerimento_parlamentar_459.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/318/protocolo_1333.2023_requerimento_parlamentar_460.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/402/protocolo_1335.2023_requerimento_parlamentar_462.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/403/protocolo_1336.2023_requerimento_parlamentar_463.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/404/protocolo_1337.2023_requerimento_parlamentar_464.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/423/protocolo_1338.2023_requerimento_parlamentar_465.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/314/protocolo_1340.2023_requerimento_parlamentar_466.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/315/protocolo_1341.2023_requerimento_parlamentar_467.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/316/protocolo_1342.2023_requerimento_parlamentar_468.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/340/protocolo_1345.2023_requerimento_parlamentar_469.2023_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/341/protocolo_1346.2023_requerimento_parlamentar_470.2023_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/334/protocolo_1347.2023_requerimento_parlamentar_471.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/333/protocolo_1348.2023_requerimento_parlamentar_472.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/463/protocolo_1351.2023_requerimento_parlamentar_474.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/516/protocolo_1352.2023_requerimento_parlamentar_475.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/371/protocolo_1354.2023_requerimento_parlamentar_477.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/327/protocolo_1355.2023_requerimento_parlamentar_478.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/328/protocolo_1356.2023_requerimento_parlamentar_479.2023_ver._naedosn.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/335/protocolo_1357.2023_requerimento_parlamentar_480.2023_ver._naedosn.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/326/protocolo_1360.2023_requerimento_parlamentar_481.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/322/protocolo_1362.2023_requerimento_parlamentar_482.2023_ver._josivaldo.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/323/protocolo_1363.2023_requerimento_parlamentar_483.2023_ver._josivaldo.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/324/protocolo_1364.2023_requerimento_parlamentar_484.2023_ver._josivaldo.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/339/protocolo_1365.2023_requerimento_parlamentar_485.2023_ver._paulo_fernandes.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/338/protocolo_1366.2023_requerimento_parlamentar_486.2023_ver._paulo_fernandes.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/330/protocolo_1367.2023_requerimento_parlamentar_487.2023_ver._paulo_fernandes.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/336/protocolo_1369.2023_requeriemento_parlamentar_488.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/321/protocolo_1372.2023_requerimento_parlamentar_490.2023_ver._bruno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/320/protocolo_1373.2023_requerimento_parlamentar_491.2023_ver._bruno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/319/protocolo_1374.2023_requerimento_parlamentar_492.2023_ver._bruno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/329/protocolo_1375.2023_requerimento_parlamentar_493.2023_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/342/protocolo_1380.2023_requerimento_parlamentar_495.2023_ver._nininho_do_bode_e_farias.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/331/protocolo_1381.2023_requerimento_parlamentar_496.2023_ver._nininho_do_bode_e_farias.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/332/protocolo_1382.2023_requerimento_parlamentar_497.2023_ver._boquinha.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/364/protocolo_1385.2023_requermento_parlamentar_498.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/359/protocolo_1393.2023_requerimento_parlamentar_499.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/351/protocolo_1401.2023_requerimento_parlamentar_500.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/353/protocolo_1402.2023_requerimento_parlamentar_501.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/354/protocolo_1403.2023_requerimento_parlamentar_502.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/360/protocolo_1405.2023_requerimento_parlamentar_503.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/361/protocolo_1406.2023_requerimento_parlamentar_504.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/365/protocolo_1425.2023_requerimento_parlamentar_505.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/366/protocolo_1426.2023_requerimento_parlamentar_506.2023_ver._alysson.sebastiao.naedson.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/367/protocolo_1427.2023_requerimento_parlamentar_507.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/373/protocolo_1433.2023_requerimento_parlamentar_508.2023_ver._paulo_fernandes.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/421/protocolo_1437.2023_requerimento_parlamentar_510.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/422/protocolo_1438.2023_requerimento_parlamentar_511.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/391/protocolo_1442.2023_requerimento_parlamentar_512.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/392/protocolo_1443.2023_requerimento_parlamentar_513.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/393/protocolo_1444.2023_requerimento_parlamentar_514.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/388/protocolo_1445.2023_requerimento_parlamentar_515.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/386/protocolo_1450.2023_requerimento_parlamentar_516.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/387/protocolo_1451.2023_requerimento_parlamentar_517.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/466/protocolo_1452.2023_requerimento_parlamentar_518.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/408/protocolo_1454.2023_requerimento_parlamentar_519.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/409/protocolo_1455.2023_requerimento_parlamentar_520.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/424/protocolo_1456.2023_requerimento_parlamentar_521.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/425/protocolo_1457.2023_requerimento_parlamentar_522.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/426/protocolo_1458.2023_requerimento_parlamentar_523.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/452/protocolo_1459.2023_requerimento_parlamentar_524.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/389/protocolo_1463.2023_requerimento_parlamentar_525.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/390/protocolo_1465.2023_requerimento_parlamentar_526.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/394/protocolo_1467.2023_requerimento_parlamentar_527.2023_ver._alysson_gomes.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/395/protocolo_1471.2023_requerimento_parlamentar_528.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/397/protocolo_1473.2023_requerimento_parlamentar_529.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/405/protocolo_1479.2023_requerimento_parlamentar_530.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/410/protocolo_1480.2023_requerimento_parlamentar_531.2023_ver._naedson.celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/412/protocolo_1492.2023_requerimento_parlamentar_532.2023_ver._marianldo.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/413/protocolo_1504.2023_requerimento_parlamentar_534.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/414/protocolo_1505.2023_requerimento_parlamentar_535.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/416/protocolo_1521.2023_requerimento_parlamentar_536.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/417/protocolo_1522.2023_requerimento_parlamentar_537.2023_ver._cicero_medeiros.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/418/protocolo_1523.2023_requerimento_parlamentar_538.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/419/protocolo_1525.2023_requerimento_parlamentar_539.2023_ver._boquinha.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/431/protocolo_1533.2023_requerimento_parlamentar_540.2023_ver._ivonete.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/430/protocolo_1540.2023_requerimento_parlamentar_541.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/453/protocolo_1548.2023_requerimento_parlamentar_542.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/454/protocolo_1549.2023_requerimento_parlamentar_543.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/467/protocolo_1550.2023_requerimento_parlamentar_544.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/432/protocolo_1563.2023_requerimento_parlamentar_545.2023_ver._bruno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/440/protocolo_1579.2023_requerimento_parlamentar_546.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/441/protocolo_1580.2023_requerimento_parlamentar_547.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/442/protocolo_1581.2023_requerimento_parlamentar_548.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/443/protocolo_1582.2023_requerimento_parlamentar_549.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/444/protocolo_1583.2023_requerimento_parlamentar_550.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/445/protocolo_1584.2023_requerimento_parlamentar_551.2023_ver._queiroga.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/446/protocolo_1586.2023_requerimento_parlamentar_552.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/447/protocolo_1587.2023_requerimento_parlamentar_553.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/456/protocolo_1594.2023_requerimento_parlamentar_554.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/458/protocolo_1595.2023_requerimento_administrativo_555.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/457/protocolo_1596.2023_requerimento_administrativo_556.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/465/protocolo_1610.2023_requerimento_parlamentar_557.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/464/protocolo_1613.2023_requerimento_parlamentar_558.2023_ver._paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/468/protocolo_1626.2023_requerimento_parlamentar_560.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/517/protocolo_1627.2023_requerimento_parlamentar_561.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/470/protocolo_1631.2023_requerimento_parlamentar_562.2023_ver._paulo_fernandes.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/469/protocolo_1632.2023_requerimento_parlamentar_563.2023_ver._paulo_fernandes.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/461/protocolo_1635.2023_requerimento_parlamentar_564.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/462/protocolo_1637.2023_requerimento_parlamentar_565.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/460/protocolo_1639.2023_requerimento_parlamentar_566.2023_ver._bruno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/459/protocolo_1640.2023_requerimento_parlamentar_567.2023_ver._bruno_de_cicinha.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/487/protocolo_1650.2023_requerimento_parlamentar_568.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/486/protocolo_1657.2023_requerimento_parlamentar_569.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/488/protocolo_1659.2023_requerimento_parlamentar_570.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/491/protocolo_1660.2023_requerimento_parlamentar_571.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/490/protocolo_1662.2023_requerimento_parlamentar_572.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/489/protocolo_1663.2023_requerimento_parlamentar_573.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/499/protocolo_1665.2023_requerimento_parlamentar_574.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/500/protocolo_1666.2023_requerimento_parlamentar_575.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/496/protocolo_1684.2023_requerimento_parlamentar_576.2023_ver._pastor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/497/protocolo_1685.2023_requerimento_parlamentar_577.2023_ver._pastor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/498/protocolo_1686.2023_requerimento_parlamentar_578.2023_ver._pastor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/504/protocolo_1712.2023_requerimento_parlamentar_579.2023_ver._jackson_alvino_e_marinaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/503/protocolo_1716.2023_requerimento_parlamentar_580.2023_ver._celio_rufino.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/502/protocolo_1719.2023_requerimento_parlamentar_581.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/501/protocolo_1722.2023_requrimento_parlamentar_582.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/507/protocolo_1727.2023_requerimento_parlamentar_583.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/518/protocolo_1736.2023_requerimento_parlamentar_584.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/515/protocolo_1738.2023_requerimento_parlamentar_585.2023_ver._farias.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/512/protocolo_1749.2023_requerimento_parlamentar_586.2023_ver._pastor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/513/protocolo_1750.2023_requerimento_parlamentar_587.2023_ver._pastor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/514/protocolo_1751.2023_requerimento_parlamentar_588.2023_ver._pastor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/558/protocolo_1752.2023_requerimento_parlamentar_589.2023_ver._pastor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/557/protocolo_1753.2023_requerimento_parlamentar_590.2023_ver._pastor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/549/protocolo_1771.2023_requerimento_parlamentar_591.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/548/protocolo_1772.2023_requerimento_parlamentar_592.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/547/protocolo_1773.2023_requerimento_parlamentar_593.2023_ver._paulinho_fernandes.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/546/protocolo_1774.2023_requerimento_parlamentar_594.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/545/protocolo_1775.2023_requerimento_parlamentar_595.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/544/protocolo_1776.2023_requerimento_parlamentar_596.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/543/protocolo_1777.2023_requerimento_parlamentar_597.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/542/protocolo_1778.2023_requerimento_parlamentar_598.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/541/protocolo_1779.2023_requerimento_parlamentar_599.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/539/protocolo_1780.2023_requerimento_parlamentar_600.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/540/protocolo_1781.2023_requerimento_parlamentar_601.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/552/protocolo_1801.2023_requerimento_parlamentar_602.2023_ver._naedson.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/553/protocolo_1808.2023_requerimento_parlamentar_603.2023_ver._sebastiao_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/554/protocolo_1825.2023_requerimento_parlamentar_604.2023_ver._nininho_do_bode.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/556/protocolo_1858.2023_requerimento_parlamentar_605.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/560/protocolo_1862.2023_requerimento_parlamentar_606.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/561/protocolo_1863.2023_requerimento_parlamentar_607.2023_ver._marinaldo.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/562/protocolo_1870.2023_requerimento_parlamentar_608.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/563/protocolo_1871.2023_requerimento_parlamentar_609.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/564/protocolo_1872.2023_requerimento_parlamentar_610.2023_ver._irmao_josivaldo.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/565/protocolo_1892.2023_requerimento_parlamentar_611.2023_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/566/protocolo_1894.2023_requerimento_parlamentar_612.2023_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/567/protocolo_1895.2023_requerimento_parlamentar_613.2023_ver._marcio_justino.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/568/protocolo_1900.2023_requerimento_parlamentar_615.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/569/protocolo_1900.2023_requerimento_parlamentar_615.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/570/protocolo_1901.2023_requerimento_parlamentar_616.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/571/protocolo_1902.2023_requerimento_parlamentar_617.2023_ver._jackson_alvino.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/572/protocolo_1906.2023_requerimento_parlamentar_618.2023_ver._anesio_miranda_1.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santarita.pb.leg.br/media/sapl/public/materialegislativa/2023/573/protocolo_1907.2023_requerimento_parlamentar_619.2023_ver._anesio_miranda.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H581"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="32" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="169.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="168.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>